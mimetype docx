--- v0 (2025-10-19)
+++ v1 (2026-01-24)
@@ -1,13513 +1,13170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B74DAD9" w14:textId="4601B126" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...28 lines deleted...]
-    <w:p w14:paraId="5EECEA74" w14:textId="77777777" w:rsidR="00F005C8" w:rsidRDefault="009C688C" w:rsidP="00695307">
+    <w:p w14:paraId="03870D4C" w14:textId="77777777" w:rsidR="00F67FEE" w:rsidRPr="002E4985" w:rsidRDefault="00F67FEE" w:rsidP="00F67FEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk188022161"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TA MODULE  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432077D6" w14:textId="3B8A4445" w:rsidR="00F67FEE" w:rsidRPr="002E4985" w:rsidRDefault="00F67FEE" w:rsidP="00F67FEE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5353"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...55 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL ADULTS IN GB AGED  16+ - </w:t>
+      </w:r>
+      <w:r w:rsidR="00142AF5" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEW FILTER FOR: </w:t>
+      </w:r>
+      <w:r w:rsidR="00142AF5" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ARQ1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C7F566" w14:textId="77777777" w:rsidR="00142AF5" w:rsidRDefault="00142AF5" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16E93874" w14:textId="3C05778B" w:rsidR="00A13B67" w:rsidRPr="00142AF5" w:rsidRDefault="00A13B67" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>NEW CODES IN BLUE</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4A1F" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT ALCMOT</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67FEE" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2563" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>WORD</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67FEE" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CHANGES AT</w:t>
+      </w:r>
+      <w:r w:rsidR="000F56A7" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67FEE" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alccd1</w:t>
+      </w:r>
+      <w:r w:rsidR="000F56A7" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F67FEE" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Alcatt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F67FEE" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="32E07ABF" w14:textId="2A33BEA2" w:rsidR="00B6648A" w:rsidRPr="002E4985" w:rsidRDefault="00B6648A" w:rsidP="00B6648A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Calibri" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NEW FILTER FOR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Alccd1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00445882" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alcbi2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00097662" w:rsidRPr="009B5AF1">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Alcmotiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Alcatt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:eastAsia="Calibri" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00631416" w:rsidRPr="009B5AF1">
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Alcaid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Alcmot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC58DFA" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009D3BC6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009D3BC6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>notshowscreen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="18E482D8" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="18E482D8" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="117C55D7" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="006E0BF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F5C383" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="006E0BF0">
+    <w:p w14:paraId="69F5C383" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="006E0BF0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER PLEASE NOTE: IN THE NEXT SECTION, WHERE WE ARE ASKING QUESTIONS THAT REQUIRE A </w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUMERIC RESPONSE</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, PLEASE USE </w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CTRL+1 INSTEAD OF DK</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, IN INSTANCES WHERE THE RESPONDENT STATES THAT THEY ARE UNSURE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145A7174" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="145A7174" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CBF2217" w14:textId="77777777" w:rsidR="00253CC2" w:rsidRPr="002E4985" w:rsidRDefault="00253CC2" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8BB9F9" w14:textId="77777777" w:rsidR="00253CC2" w:rsidRPr="0029375A" w:rsidRDefault="00253CC2" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7B8BB9F9" w14:textId="77777777" w:rsidR="00253CC2" w:rsidRPr="002E4985" w:rsidRDefault="00253CC2" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The next few questions form part of a study about consumption of alcohol. We understand that this is a highly sensitive topic and would therefore like to remind you that any information you give me is strictly confidential and will be used for research purposes only</w:t>
       </w:r>
-      <w:r w:rsidR="00107B77" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00107B77" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00107B77" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00107B77" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Some questions asked may not necessarily apply to you. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6A7BC5" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="0029375A" w:rsidRDefault="003E6D30" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3A6A7BC5" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="002E4985" w:rsidRDefault="003E6D30" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221B0737" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F089DF" w14:textId="037CEF50" w:rsidR="00411860" w:rsidRPr="00E71172" w:rsidRDefault="00411860" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="01F089DF" w14:textId="037CEF50" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00411860" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">These </w:t>
       </w:r>
-      <w:r w:rsidR="00253CC2" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00253CC2" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
-      <w:r w:rsidR="00710A8B" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00710A8B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> few</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">questions ask about the alcohol you have drunk </w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in the last 6 months</w:t>
       </w:r>
-      <w:r w:rsidR="00710A8B" w:rsidRPr="0029375A">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00710A8B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, including about</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17D3D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">how many standard drinks you have consumed. Please note that 1 standard drink </w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>equals</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 unit of alcohol. So, for example, </w:t>
       </w:r>
-      <w:r w:rsidR="00F82333" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F82333" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a small glass of wine or a single measure of spirits</w:t>
       </w:r>
-      <w:r w:rsidR="002F71AC" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F71AC" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is 1 standard drink</w:t>
       </w:r>
-      <w:r w:rsidR="00F82333" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F82333" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, while </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a pint of regular beer or lager is equal</w:t>
       </w:r>
-      <w:r w:rsidR="00A1490B" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A1490B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to 2 standard drinks or 2 units, </w:t>
       </w:r>
-      <w:r w:rsidR="002F71AC" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F71AC" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00A1490B" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A1490B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a bottle of wine is equal to 9 units</w:t>
       </w:r>
-      <w:r w:rsidR="00E71172" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E71172" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E76478" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E76478" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>If you are unsure, please ask</w:t>
       </w:r>
-      <w:r w:rsidR="007C4D84" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007C4D84" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> me to help you work it out</w:t>
       </w:r>
-      <w:r w:rsidR="00745876" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00745876" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E5EF08" w14:textId="77777777" w:rsidR="00ED4F06" w:rsidRPr="0029375A" w:rsidRDefault="00ED4F06" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="03E5EF08" w14:textId="77777777" w:rsidR="00ED4F06" w:rsidRPr="002E4985" w:rsidRDefault="00ED4F06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please be aware that all your answers will be handled confidentially.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE63D2D" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="0029375A" w:rsidRDefault="00411860" w:rsidP="00695307">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1FE63D2D" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00411860" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC5B097" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Code values for working out audit scores</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3010"/>
-        <w:gridCol w:w="3007"/>
-        <w:gridCol w:w="2999"/>
+        <w:gridCol w:w="4640"/>
+        <w:gridCol w:w="1366"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="497A3399" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="497A3399" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61146CC1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="61146CC1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Question</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679D0CD1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="679D0CD1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F018C90" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="0F018C90" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Value for audit score</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="06434F79" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="06434F79" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701A52C4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="701A52C4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Audit1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE60F68" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3CE60F68" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – Never</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E9D954" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="60E9D954" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2DD91DCE" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2DD91DCE" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4C9445" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="5F4C9445" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E10791" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="17E10791" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – Monthly or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EEBF9C1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2EEBF9C1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="1B7E595D" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="1B7E595D" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D59469E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7D59469E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64F712FB" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="64F712FB" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – 2 to 4 times a month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A0237D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="75A0237D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="19AA28EE" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="19AA28EE" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59370E70" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="59370E70" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3031CDBC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3031CDBC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4 – 2 to 3 times a week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01AE601F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="01AE601F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="07202594" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="07202594" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF0F7A0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2FF0F7A0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A587257" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4A587257" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5 – 4 to 5 times a week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E275CCE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3E275CCE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="5400D33C" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="5400D33C" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="774E50F7" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="774E50F7" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12850866" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="12850866" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>6 – 6 or more times a week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149FDD7D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="149FDD7D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2819D5B5" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2819D5B5" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB481EF" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3EB481EF" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Audit2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE97F33" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2DE97F33" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – 1 to 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C1850A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="71C1850A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="0504AD66" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="0504AD66" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02284B03" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="02284B03" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED265CA" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="5ED265CA" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – 3 to 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4897DCF6" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4897DCF6" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="155A4A27" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="155A4A27" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7CE857" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="1F7CE857" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15EA139F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="15EA139F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – 5 to 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFF6F36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4FFF6F36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="19713544" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="19713544" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DB8459" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="43DB8459" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57711D6D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="57711D6D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4 – 7 to 9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2982C94C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2982C94C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="38D3C2A4" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="38D3C2A4" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27151E36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="27151E36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7034D368" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7034D368" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5 – 10 to 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="359F3C29" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="359F3C29" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="45739A55" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="45739A55" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDEEDF0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2EDEEDF0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="395ADA4B" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="395ADA4B" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6 – 13 to 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D753B5F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6D753B5F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="59C90270" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="59C90270" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF47B3A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7EF47B3A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042863CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="042863CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>7 – 16 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C89492D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="1C89492D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="57F71C27" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="57F71C27" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6F5A48" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="0F6F5A48" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Audit3 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE73C98" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3DE73C98" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – Never</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0C7526" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6B0C7526" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="18E2CA32" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="18E2CA32" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFFECFE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3DFFECFE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E33AA89" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="1E33AA89" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – Less than monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F221094" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3F221094" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="5CAF1A30" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="5CAF1A30" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F739E21" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4F739E21" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21863A26" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="21863A26" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35717555" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="35717555" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2B8D7718" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2B8D7718" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="448C9B3F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="448C9B3F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612CAABC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="612CAABC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4 – Weekly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099EC8E4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="099EC8E4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="1F234E37" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="1F234E37" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1EAA42" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6D1EAA42" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C769E50" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4C769E50" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – Daily or almost daily </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA4321C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7DA4321C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2436F8BD" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2436F8BD" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="287C5924" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="287C5924" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Audit9 – 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457486A8" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="457486A8" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225EA6F0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="225EA6F0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="30284E99" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="30284E99" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF1434C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6BF1434C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21AFB63E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="21AFB63E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – Yes, but not in the last 6 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CEF3745" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6CEF3745" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="4F48A35B" w14:textId="77777777" w:rsidTr="006952E4">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="4F48A35B" w14:textId="77777777" w:rsidTr="00967A06">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3010" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155C193A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="155C193A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="4640" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09409127" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="09409127" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – Yes, during the last 6 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3081" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0D38CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="0D0D38CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0029375A">
+            <w:r w:rsidRPr="002E4985">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FF35B5B" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="009F280D" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3FF35B5B" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2718EC7F" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ASK ALL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02358C26" w14:textId="1D4D43C1" w:rsidR="00DD6597" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="02358C26" w14:textId="1D4D43C1" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> How often do you have a drink containing alcohol?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382D105D" w14:textId="3C7813DA" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="382D105D" w14:textId="3C7813DA" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4E3045" w14:textId="5E13FEC2" w:rsidR="009C688C" w:rsidRPr="00F95E28" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5B4E3045" w14:textId="5E13FEC2" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619EB630" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="619EB630" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Never </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C0283B" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="20C0283B" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C14CE" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C14CE" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Monthly or less</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D41C47" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="06D41C47" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 to 4 times a month</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124D9627" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="124D9627" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 to 3 times a week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45861F26" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="45861F26" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to 5 times a week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4565CB7F" w14:textId="269427F3" w:rsidR="00411860" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4565CB7F" w14:textId="269427F3" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 or more times a week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCD5E09" w14:textId="53B4B0A5" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1CCD5E09" w14:textId="53B4B0A5" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E99DC8" w14:textId="1C03A9D8" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="55E99DC8" w14:textId="1C03A9D8" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D3CA70B" w14:textId="77777777" w:rsidR="00CA1653" w:rsidRPr="0029375A" w:rsidRDefault="00CA1653" w:rsidP="00695307">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6D3CA70B" w14:textId="77777777" w:rsidR="00CA1653" w:rsidRPr="002E4985" w:rsidRDefault="00CA1653" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AE13E04" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="0029375A" w:rsidRDefault="00CA1653" w:rsidP="00695307">
-[...21 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="4AE13E04" w14:textId="26EBC1F3" w:rsidR="003E6D30" w:rsidRPr="004142D5" w:rsidRDefault="00CA1653" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004142D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[skip to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1D51" w:rsidRPr="004142D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARQ1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004142D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30B25" w:rsidRPr="004142D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> audit1</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004142D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>=0]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E150462" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="0029375A" w:rsidRDefault="003E6D30" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3E150462" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="002E4985" w:rsidRDefault="003E6D30" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4755F0C7" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL EXCEPT </w:t>
       </w:r>
-      <w:r w:rsidR="00BB1FA4" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT audit1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4702DF94" w14:textId="539783D5" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4702DF94" w14:textId="539783D5" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How many standard drinks containing alcohol do you have on a typical day </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="0029375A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">when </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="0029375A">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>you are drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394DEF3A" w14:textId="77777777" w:rsidR="00803666" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9D848A" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="00F95E28" w:rsidRDefault="00F30B25" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6B9D848A" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: IF RESPONDENT </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SAYS</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘DON’T KNOW’ ENCOURAGE THEM TO GIVE BEST ESTIMATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F28198" w14:textId="7A2BDB91" w:rsidR="009C688C" w:rsidRPr="00E71172" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="14F28198" w14:textId="7A2BDB91" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36626795" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="36626795" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782C7DEA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="782C7DEA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3 to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE78273" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5DE78273" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15846D24" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="15846D24" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145BBF1E" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="145BBF1E" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to 12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBFAEDA" w14:textId="77777777" w:rsidR="005878E8" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1EBFAEDA" w14:textId="77777777" w:rsidR="005878E8" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13 to 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA3A994" w14:textId="10569F02" w:rsidR="005878E8" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3AA3A994" w14:textId="10569F02" w:rsidR="005878E8" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16 or more</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D6F52C" w14:textId="56684728" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="47D6F52C" w14:textId="56684728" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C886903" w14:textId="22725AB2" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1C886903" w14:textId="22725AB2" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>8. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661ED4CF" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="661ED4CF" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7974EB87" w14:textId="64668072" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL EXCEPT </w:t>
       </w:r>
-      <w:r w:rsidR="00CA1653" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA1653" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT audit1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157C9B13" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00F95E28" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="157C9B13" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F95E28">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F17D3D" w:rsidRPr="00F95E28">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F17D3D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F95E28">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ow often do you have six or more </w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00F95E28">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">standard </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F95E28">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>drinks on one occasion?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6855D349" w14:textId="13AABDD8" w:rsidR="00546B3C" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6855D349" w14:textId="13AABDD8" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30DEBCD8" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00F95E28" w:rsidRDefault="00546B3C" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6BFF7698" w14:textId="54DA2851" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4275940A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4275940A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Never</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BD0FFC" w14:textId="77777777" w:rsidR="00BB1FA4" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="33BD0FFC" w14:textId="77777777" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="008C14CE" w:rsidRPr="00E71172">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C14CE" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Less than monthly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771B13E8" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00E71172" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="771B13E8" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2 Monthly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D7918E" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00E71172" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="64D7918E" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3 Weekly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF7F28A" w14:textId="45E8288D" w:rsidR="008C14CE" w:rsidRPr="00E71172" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3CF7F28A" w14:textId="45E8288D" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4 Daily or almost daily </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214AFC11" w14:textId="3297E9D8" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="214AFC11" w14:textId="3297E9D8" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B4D5FE" w14:textId="6E7204A6" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="54B4D5FE" w14:textId="6E7204A6" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76687B31" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...42 lines deleted...]
-          <w:color w:val="1F497D" w:themeColor="text2"/>
+    <w:p w14:paraId="76687B31" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F207EF0" w14:textId="77777777" w:rsidR="005878E8" w:rsidRPr="002E4985" w:rsidRDefault="005878E8" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB278C1" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Skip to audit9 if audit2 and audit3 are both </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A730B1" w14:textId="77777777" w:rsidR="00341C89" w:rsidRPr="002E4985" w:rsidRDefault="00341C89" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1603D490" w14:textId="0DB208F9" w:rsidR="005878E8" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL EXCEPT THOSE </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1653" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFE5F1F" w14:textId="272942E7" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>last 6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00585F16" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you found that you were not able to stop drinking once you had started?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F84F49" w14:textId="2FB5C4AB" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5893F4B0" w14:textId="5A3935E9" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1EE844" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC15ADD" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C781D0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCBE4E0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781836D2" w14:textId="580FBFB7" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378FEB32" w14:textId="5CE38CE3" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273EB369" w14:textId="4144AFEE" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3AA319" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D167EDF" w14:textId="360F7188" w:rsidR="00A01700" w:rsidRPr="002E4985" w:rsidRDefault="00A01700" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630E1C15" w14:textId="3F3C4CBE" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1653" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F584133" w14:textId="09833DAF" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00585F16" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you failed to do what was normally expected from you because of drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE21CCC" w14:textId="11758914" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CA06C2" w14:textId="7C41BB0E" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C723A62" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5536AFBF" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E010CAD" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79501DF7" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119A73C3" w14:textId="64CBB914" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605AA7E5" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E7F44E" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7688275A" w14:textId="2D940E55" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D57AA06" w14:textId="77777777" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06327289" w14:textId="202ED15B" w:rsidR="00C15972" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC13A3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6366DA2D" w14:textId="2D9D46A6" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you needed a first drink in the morning to get yourself going after a heavy drinking session?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AC22C1" w14:textId="75DC0F85" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCCEAC7" w14:textId="22C24C03" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F57CCD9" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665AAB13" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F61D6B0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2775EF29" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7264CDD6" w14:textId="27896484" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3E30DA" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">[Skip to audit9 if audit2 and audit3 are both </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE516E6" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6741C6" w14:textId="39956D22" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16BBF8B0" w14:textId="26ECEB1E" w:rsidR="00C15972" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC13A3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF4959">
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CAEA50" w14:textId="270010C4" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 months </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you had a feeling of guilt or remorse after drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488FEC32" w14:textId="0C2632FB" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248BCBA4" w14:textId="0FEB6C0C" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22101E7C" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6E2E99" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FE7C39" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF06BF9" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6B246B" w14:textId="52FBC403" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED897AA" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463F22E8" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32650553" w14:textId="53488AEA" w:rsidR="00341C89" w:rsidRPr="002E4985" w:rsidRDefault="00341C89" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6889FC91" w14:textId="77777777" w:rsidR="00341C89" w:rsidRPr="002E4985" w:rsidRDefault="00341C89" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F833BC7" w14:textId="20A6FD3F" w:rsidR="00C15972" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[GOR=10,11] </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC13A3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
       </w:r>
-      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C10E9C" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>IN SCOTLAND AND WALES ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFE5F1F" w14:textId="272942E7" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="160754B2" w14:textId="21061923" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 months </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you been unable to remember what happened the night before because you had been drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FF1D4C" w14:textId="7E00E4E7" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3249003D" w14:textId="0EBD79C5" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359AFA41" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157F5E24" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524B4C57" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBC8777" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F01C25" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4 Daily or almost daily</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00749FE5" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1526CFC3" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AFA088" w14:textId="717C7492" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="780B8A67" w14:textId="77777777" w:rsidR="00BD1DC7" w:rsidRPr="002E4985" w:rsidRDefault="00BD1DC7" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0897E89B" w14:textId="3653FBD6" w:rsidR="00C15972" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IN SCOTLAND AND WALES ONLY [GOR=10,11]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204AF67A" w14:textId="242B5D3C" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Have you or someone else</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ever</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been injured </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA48CA2" w14:textId="3CDF235B" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5893F4B0" w14:textId="5A3935E9" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="76DE713F" w14:textId="37985FF4" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1EE844" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...284 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4EAB704D" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220021E6" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, but not in the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6 months</w:t>
       </w:r>
-      <w:r w:rsidR="00585F16" w:rsidRPr="00EC4523">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="7A214BEB" w14:textId="7D52583F" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D970062" w14:textId="1C15EF83" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F6767C" w14:textId="07C55D35" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B105B9A" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2592E65E" w14:textId="77777777" w:rsidR="00C15972" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IN SCOTLAND AND WALES ONLY [GOR=10,11]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102304DC" w14:textId="0F9C7D64" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7E34C1" w14:textId="6213AE45" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Has a relative or friend or a doctor or another health worker </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ever </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>been concerned about your drinking or suggested you cut down?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28117B5D" w14:textId="06347C42" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CA06C2" w14:textId="7C41BB0E" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...19 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="46BA98DE" w14:textId="621E93A5" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C723A62" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...271 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7F8764CC" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0832D262" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, but not in the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6 months</w:t>
       </w:r>
-      <w:r w:rsidR="00BB1FA4" w:rsidRPr="00EC4523">
-[...1035 lines deleted...]
-        <w:t xml:space="preserve"> been injured </w:t>
+    </w:p>
+    <w:p w14:paraId="20BDBF36" w14:textId="4C31A567" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6C02BC" w14:textId="084B4A8E" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F703E0" w14:textId="77777777" w:rsidR="00073E05" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4. Refused (DO NOT READ OUT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B217F2" w14:textId="5DF9820F" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="002D6448">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15AF08AC" w14:textId="64C84901" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK IF CODES 2-6 AT audit1</w:t>
+      </w:r>
+      <w:r w:rsidR="00507C68" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APRIL ONLY NOT TO BE ASKED </w:t>
+      </w:r>
+      <w:r w:rsidR="00321563" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>AFTER</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6268D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APRIL</w:t>
+      </w:r>
+      <w:r w:rsidR="00321563" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EC62C8" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TA47_04. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>As you may be aware, some drinks contain more alcohol than others. The amount of alcohol in a drink is measured in units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65968A9D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B50A1E5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Before today, have you ever heard of there being a recommended maximum number of alcohol </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-        <w:t>as a result of</w:t>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>units</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...686 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> people should drink in a day or a week? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5FA782" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3F5FA782" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A9ED7C" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>This is sometimes known as a ‘drinking guideline’.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39087DEC" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="39087DEC" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15D39257" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SINGLE CODE, ALLOW DK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A1D1A5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="70A1D1A5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1. Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF49012" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0AF49012" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6347B005" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6347B005" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Don’t </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>know</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ASK</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF CODES 1 AT TA47_04. DO NOT ASK IF “OTHER” AT GENDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50389378" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="50389378" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">TA47_05x1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Can you tell me how many units per day or per week that drinking guideline is for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF GENDER IS FEMALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>women</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF GENDER IS MALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>men</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257E52C3" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="257E52C3" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A39D974" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Please allow respondent to choose how they would prefer to answer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18583672" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="18583672" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2D7E45" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SINGLE CODE, FORWARD AND REVERSE CODES 1 &amp; 2, ALLOW DK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B51E226" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6B51E226" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Per week </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5DB7C7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3F5DB7C7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. Per day</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09601D65" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="09601D65" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3. Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475465D6" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2C7DC4BC" w14:textId="77777777" w:rsidR="00BD1DC7" w:rsidRPr="002E4985" w:rsidRDefault="00BD1DC7" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BD39AC9" w14:textId="2316606C" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ASK IF CODES 1 OR 2 AT TA47_05x1. DO NOT ASK IF “OTHER” AT GENDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE5D4E7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4FE5D4E7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">TA47_05x2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Can you tell me how many units </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF CODE 1 AT TA47_05x1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>INSERT:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> day</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF CODE 2 AT TA47_05x2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>INSERT:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> week</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> that drinking guideline is for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF GENDER IS FEMALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>women</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF GENDER IS MALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>men</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F25917D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3F25917D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4B2DA5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>NUMERIC, ALLOW RANGE 1-99, ALLOW DK &amp; REF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2222E67D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2FF11131" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">NEXT TO NUMERIC BOX INSERT TEXT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">units </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF CODE 1 AT TA47_05x1: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per week</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF CODE 2 AT TA47_05x2: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per day</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B72C44" w14:textId="55DC6DB6" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="000152D4">
-[...43 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="19B72C44" w14:textId="55DC6DB6" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="000152D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72726D63" w14:textId="77777777" w:rsidR="000152D4" w:rsidRPr="002E4985" w:rsidRDefault="000152D4" w:rsidP="000152D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="238A6AFF" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F22B914" w14:textId="5345458F" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
-[...8 lines deleted...]
-        <w:t>IF CODES 2-6 AT AUDIT</w:t>
+      <w:bookmarkStart w:id="1" w:name="_Hlk136509668"/>
+      <w:r w:rsidR="008B2CC6" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>score ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="24445B07" w14:textId="77777777" w:rsidR="00B6648A" w:rsidRPr="002E4985" w:rsidRDefault="00B6648A" w:rsidP="00B6648A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ASK ALL EXCEPT 0 AT audit1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241E8539" w14:textId="39E2EF1A" w:rsidR="00B6648A" w:rsidRPr="002E4985" w:rsidRDefault="00B6648A" w:rsidP="00B6648A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ALL DRINKERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6223027D" w14:textId="257F451B" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Alccd1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Are you currently trying to restrict your alcohol consumption e.g. by </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC276D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">drinking less, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>choosing lower strength alcohol</w:t>
+      </w:r>
+      <w:r w:rsidR="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> using smaller glasse</w:t>
+      </w:r>
+      <w:r w:rsidR="00585F16" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6DD6" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A6DD6" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by doing something </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
-[...17 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>else</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6DD6" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="cyan"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk136509668"/>
-[...9 lines deleted...]
-        <w:t>score</w:t>
+      <w:r w:rsidR="00F86FD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="008B2CC6" w:rsidRPr="00EC4523">
-[...106 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    </w:p>
+    <w:p w14:paraId="74236786" w14:textId="21B71B12" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SP, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D477206" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0D477206" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(0) No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EE0ADA" w14:textId="04169F5D" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="08EE0ADA" w14:textId="04169F5D" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(1) Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EC76AB" w14:textId="6A17B1C0" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="72EC76AB" w14:textId="6A17B1C0" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0AEFE3" w14:textId="730AADFD" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2A0AEFE3" w14:textId="730AADFD" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F23094A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...10 lines deleted...]
-    <w:p w14:paraId="057BD0C4" w14:textId="77777777" w:rsidR="002A6B02" w:rsidRPr="00EC4523" w:rsidRDefault="002A6B02" w:rsidP="002A6B02">
+    <w:p w14:paraId="2F23094A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057BD0C4" w14:textId="77777777" w:rsidR="002A6B02" w:rsidRPr="00EC10C6" w:rsidRDefault="002A6B02" w:rsidP="002A6B02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+          <w:strike/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D268B59" w14:textId="4E4CE2C7" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00BD1DC7">
+    <w:p w14:paraId="1D268B59" w14:textId="4DFE53A8" w:rsidR="00F30B25" w:rsidRPr="00EC10C6" w:rsidRDefault="00F30B25" w:rsidP="00BD1DC7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk189646547"/>
+      <w:r w:rsidRPr="00EC10C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="green"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
-[...29 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="00EC10C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if score ≥ 5 on audit1,2 &amp; 3 </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="2537425C" w14:textId="77777777" w:rsidR="00EC10C6" w:rsidRPr="002E4985" w:rsidRDefault="00EC10C6" w:rsidP="00EC10C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="3"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ASK ALL EXCEPT 0 AT audit1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DB758F" w14:textId="77777777" w:rsidR="00EC10C6" w:rsidRDefault="00EC10C6" w:rsidP="00EC10C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ALL DRINKERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="3"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABCA355" w14:textId="30DC2DF2" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00EC10C6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alcbi2. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC276D" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00BC276D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In the last </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6AC0" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00BD6AC0" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>12 months</w:t>
       </w:r>
-      <w:r w:rsidR="00BC276D" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00BC276D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, has a doctor or other health worker within your GP surgery discussed your drinking? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D2D117" w14:textId="7BC1B027" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="61D2D117" w14:textId="7BC1B027" w:rsidR="00F30B25" w:rsidRPr="002E4985" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please select all that apply.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="508FC213" w14:textId="26CB16B0" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="508FC213" w14:textId="26CB16B0" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FAC37B1" w14:textId="413BBDA6" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="008A06C1">
-[...18 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="6FAC37B1" w14:textId="413BBDA6" w:rsidR="00BC276D" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="008A06C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">MULTICODE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE1876C" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="00695307">
-[...16 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="3CE1876C" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>[SP]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33151978" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="33151978" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="002E4985" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3. Yes, a doctor or other health worker within my GP surgery asked about my drinking</w:t>
       </w:r>
-      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7EE543" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="4B7EE543" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="002E4985" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4. Yes, a doctor or other health worker within my GP surgery offered advice about cutting down on my drinking</w:t>
       </w:r>
-      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2E1EEB" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="5E2E1EEB" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="002E4985" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5. Yes, a doctor or other health worker within my GP surgery offered help or support within the surgery to help me cut down</w:t>
       </w:r>
-      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A650692" w14:textId="37C66385" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2A650692" w14:textId="37C66385" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6. Yes, a doctor or other health worker within my GP surgery referred me to an alcohol service or advised me to seek specialist help.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E4B0B2" w14:textId="78EF9CE0" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="50E4B0B2" w14:textId="78EF9CE0" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6223E1" w14:textId="42464E31" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="1B6223E1" w14:textId="42464E31" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>8. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B9E9C8" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...42 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="00B9E9C8" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774A4FDB" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E67938" w14:textId="3FC582D8" w:rsidR="0039787E" w:rsidRPr="002E4985" w:rsidRDefault="00EC10C6" w:rsidP="00EC10C6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk189727818"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk189217198"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk189216660"/>
+      <w:commentRangeStart w:id="7"/>
+      <w:r w:rsidRPr="00EC10C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK if score ≥ 5 on audit1,2 &amp; 3 </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00EC10C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039787E" w:rsidRPr="00BC5769">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ASK ALL CODE 1 (No) AT ALCBI.2</w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="7"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC55E0B" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk189727792"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Alcbi2a</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> You said a doctor or other health worker within your GP surgery has not discussed your drinking </w:t>
       </w:r>
-      <w:r w:rsidR="00390B2E" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00390B2E" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with you </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in the last 12 months. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23DBE91C" w14:textId="12511E59" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="23DBE91C" w14:textId="12511E59" w:rsidR="0039787E" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please could you confirm which of the following statements applies to you:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E137389" w14:textId="4FCE9275" w:rsidR="00803666" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00803666">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0E137389" w14:textId="4FCE9275" w:rsidR="00803666" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468A918A" w14:textId="3141EFF9" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
-[...16 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="468A918A" w14:textId="3141EFF9" w:rsidR="0039787E" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SINGLECODE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFE4814" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
-[...25 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="52200526" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1. I have not seen a doctor or health worker within my GP surgery</w:t>
       </w:r>
-      <w:r w:rsidR="00390B2E" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00390B2E" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in last 12 months</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31727380" w14:textId="5A8D6542" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="31727380" w14:textId="5A8D6542" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. I have seen a doctor or health worker within my GP surgery </w:t>
       </w:r>
-      <w:r w:rsidR="00390B2E" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00390B2E" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in the last 12 months </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">but did </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> discuss my drinking.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D727734" w14:textId="0096FF6A" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="0039787E">
-[...16 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0EC5B02C" w14:textId="0E5DAA30" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
-    </w:p>
-[...537 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="06EC8048" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D395EC" w14:textId="77777777" w:rsidR="003F4F51" w:rsidRDefault="003F4F51" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469E1DCE" w14:textId="77777777" w:rsidR="003F4F51" w:rsidRDefault="003F4F51" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47CC7CAF" w14:textId="77777777" w:rsidR="003F4F51" w:rsidRDefault="003F4F51" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF7DA28" w14:textId="77777777" w:rsidR="003F4F51" w:rsidRDefault="003F4F51" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AAFBF71" w14:textId="0278F59F" w:rsidR="004A4AFB" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00052D84" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>score ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C5C5C5" w14:textId="77777777" w:rsidR="00EC4AFF" w:rsidRPr="002E4985" w:rsidRDefault="00EC4AFF" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ASK ALL EXCEPT 0 AT audit1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A04C50" w14:textId="77777777" w:rsidR="00EC4AFF" w:rsidRPr="002E4985" w:rsidRDefault="00EC4AFF" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ALL DRINKERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A24C201" w14:textId="61E96A4F" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Alcmotiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Which of the following best describes you?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EAA1CE" w14:textId="0B5B7CA3" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3398B3" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1975D9EE" w14:textId="287E5606" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+      <w:r w:rsidR="009B53DE" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, FORWARD AND REVERSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59363D33" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D6C125" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(7) I REALLY want to cut down on drinking alcohol and intend to in the next month</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BC6656" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(6) I REALLY want to cut down on drinking alcohol and intend to in the next 3 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAEA610" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(5) I want to cut down on drinking alcohol and hope to soon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2625B631" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4) I REALLY want to cut down on drinking </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>alcohol</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I don't know when I will</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCB2B61" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(3) I want to cut down on drinking alcohol but haven't thought about when</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004BD6D9" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(2) I think I should cut down on drinking alcohol but don't really want to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787DF58E" w14:textId="4FC923A0" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(1) I don't want to cut down on drinking alcohol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7268839E" w14:textId="6B1A1706" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>8. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F2219C" w14:textId="0B95E922" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792B2FA8" w14:textId="0607DBBF" w:rsidR="00A01700" w:rsidRPr="002E4985" w:rsidRDefault="00A01700" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39AA1F32" w14:textId="4A1B5FFB" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6448" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7B8FD7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="4E7B8FD7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcexp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> On average about how much per week do you think you spend on alcohol</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for your own consumption</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7549FA4D" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="7549FA4D" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please only answer this if you are </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>fairly confident</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that you know.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32145BF4" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...16 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="32145BF4" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IF </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NECESSARY</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAY: Please give your answer to the nearest pound, we do not need an exact figure. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52185C68" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="00EC4523" w:rsidRDefault="00EA1A4D" w:rsidP="00695307">
-[...31 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="52185C68" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="002E4985" w:rsidRDefault="00EA1A4D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9DE78A" w14:textId="097C5561" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(DP: ALLOW NUMERIC RANGE </w:t>
       </w:r>
-      <w:r w:rsidR="00A276CA" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00A276CA" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>-500, DK)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C83FDF" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
-[...44 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="43C83FDF" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB3C1C8" w14:textId="2C71019B" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1DFEC9" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...13 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0E1DFEC9" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alcexp2. On a typical week, how much of this do you spend buying alcohol to consume on premises away from your home, e.g. in pubs, clubs, bars or restaurants? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC4126D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2FC4126D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: If respondent </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>says</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 'Don't know', encourage them to give their best estimate. You will not be able to type in a number larger than the previous question.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1003BC4A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...25 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="1003BC4A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5B0A71" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IF </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NECESSARY</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAY: Please give your answer to the nearest pound, we do not need an exact figure. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AC8DA9" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...28 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="11AC8DA9" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C34292" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(DP: ALLOW NUMERIC RANGE 1-500, DK – PLEASE HIDE DK WORDING)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27ADE3AD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...44 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="27ADE3AD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38DA783E" w14:textId="6EC606A3" w:rsidR="008B2CC6" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14913A08" w14:textId="550EEE58" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...38 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="14913A08" w14:textId="550EEE58" w:rsidR="00F80984" w:rsidRPr="00967A06" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>AlcASH1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>In the last 6 months, have you bought any alcohol for your consumption from any of the following?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226BFA42" w14:textId="550431B2" w:rsidR="00F80984" w:rsidRPr="00967A06" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(DP: MULTI CODE, ALLOW DK)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF36F4E" w14:textId="6E485FD0" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...16 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="1CF36F4E" w14:textId="6E485FD0" w:rsidR="00F80984" w:rsidRPr="00967A06" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236C760B" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...28 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="236C760B" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00967A06" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F94317" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00967A06" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>INTERVIEWER: PLEASE CODE ALL THAT APPLY PROBE FULLY: Which others?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1EADAD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...26 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="6A1EADAD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35F9AE86" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Newsagent\Off licence\Corner shop</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A91B01" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="46A91B01" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Petrol shop\Garage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607DC469" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="607DC469" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Supermarket</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E4E22F" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="53E4E22F" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Cash and Carry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC61073" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0EC61073" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Online\Internet\Apps (home delivery)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F71CA6A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="5F71CA6A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pubs, bars, restaurants and nightclubs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6F3F04" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2B6F3F04" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>People who sell cheaply on the street\car parks etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D1559E" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="65D1559E" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>People in the local area who are a ready supply of cheap alcohol</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACE6E15" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2ACE6E15" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Buy cheaply from friends</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C61F3BF" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="4C61F3BF" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Buy from abroad and bring them back with me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D0B13D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="64D0B13D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Buy from England\Scotland or Wales [delete one as appropriate]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352C5C9C" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="352C5C9C" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Newsagent\Off license\Corner shop\Pub - ''under the counter''</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E99249" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="01E99249" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Homebrewed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789DA42D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="789DA42D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other (please specify)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B05240" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="52B05240" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Have not bought any in the last 6 months (DP: SINGLE CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9F3F96" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00695307">
-[...44 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="11C34751" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="313A9CA5" w14:textId="7719A945" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30983BE3" w14:textId="6DF9A333" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="30983BE3" w14:textId="6DF9A333" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcurges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ow strong</w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> have </w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>you felt the urge</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to drink alcohol </w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in the past 24 hours</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EB2D07" w14:textId="0AAD937D" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="41EB2D07" w14:textId="0AAD937D" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3E340D" w14:textId="40D360A5" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...18 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="5B3E340D" w14:textId="40D360A5" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(DP: SINGLE CODE, </w:t>
       </w:r>
-      <w:r w:rsidR="009B53DE" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009B53DE" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>FORWARD AND REVERSE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5FC696" w14:textId="77777777" w:rsidR="006132A1" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="7C5FC696" w14:textId="77777777" w:rsidR="006132A1" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Not at all</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01526FF7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="01526FF7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Slight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529E19CA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="529E19CA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Moderate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16504A08" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="16504A08" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Strong</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2134C636" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2134C636" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Very strong</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A4CD07" w14:textId="2B904B22" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="00A4CD07" w14:textId="2B904B22" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Extremely strong</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599F0FD9" w14:textId="3165489B" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="599F0FD9" w14:textId="3165489B" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159F37CE" w14:textId="62EE3A57" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="159F37CE" w14:textId="62EE3A57" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5A3CFD" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...28 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="4D5A3CFD" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C65369" w14:textId="6A9C7D50" w:rsidR="009D3BC6" w:rsidRPr="00822491" w:rsidRDefault="007070CC" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822491">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="009D3BC6" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009D3BC6" w:rsidRPr="00822491">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>IF CODES 2-6 AT AUDIT</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="009D3BC6" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009D3BC6" w:rsidRPr="00822491">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1  score</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="009D3BC6" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009D3BC6" w:rsidRPr="00822491">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411FA7A8" w14:textId="4B7AC91F" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="009D3BC6">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2913CE0C" w14:textId="77777777" w:rsidR="00EC4AFF" w:rsidRPr="002E4985" w:rsidRDefault="00EC4AFF" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ASK ALL EXCEPT 0 AT audit1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCFA410" w14:textId="77777777" w:rsidR="00EC4AFF" w:rsidRPr="002E4985" w:rsidRDefault="00EC4AFF" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ALL DRINKERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BCB3E6" w14:textId="2592CB79" w:rsidR="00D314E8" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00D314E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>How many attempts to restrict</w:t>
       </w:r>
-      <w:r w:rsidR="00072C2B" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00072C2B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...35 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>your alcohol consumption have you made in the last 12 months (e.g. by drinking less, choosing lower strength alcohol</w:t>
+      </w:r>
+      <w:r w:rsidR="00D314E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>using smaller glasses</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6DD6" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D314E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00D314E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by doing something else</w:t>
+      </w:r>
+      <w:r w:rsidR="00D314E8" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="cyan"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766FBE9B" w14:textId="4C4E61AF" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="00D314E8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14FC2961" w14:textId="5BC77844" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please include all attempts you have made in the last 12 months, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>whether or not</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00072C2B" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00072C2B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">they were </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">successful, </w:t>
       </w:r>
-      <w:r w:rsidR="00072C2B" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00072C2B" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...37 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any attempt that you are currently making</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C44437C" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="002E4985" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: IF RESPONDENT </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SAYS</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘DON’T KNOW’ ENCOURAGE THEM TO GIVE BEST ESTIMATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DDD28D" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00695307">
-[...31 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="21DDD28D" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="002E4985" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E33148" w14:textId="093199FE" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ALLOW REF, DK</w:t>
       </w:r>
-      <w:r w:rsidR="007372F1" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="007372F1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07E66AA1" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="003E6D30" w:rsidP="00695307">
-[...18 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="07E66AA1" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="003E6D30" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(DP: INSERT NUMERIC</w:t>
       </w:r>
-      <w:r w:rsidR="00546B3C" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00546B3C" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E91868" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00E91868" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>-99)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D95634D" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...44 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2D95634D" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE5A585" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="002E4985" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="773F6839" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D828138" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BF8D426" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0B9E07" w14:textId="02A41651" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="224BF58E" w14:textId="269C8684" w:rsidR="00631D60" w:rsidRPr="00EC4523" w:rsidRDefault="00631D60" w:rsidP="00695307">
-[...18 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="224BF58E" w14:textId="2CCC15E7" w:rsidR="00631D60" w:rsidRPr="002E4985" w:rsidRDefault="00631D60" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF ‘0’ at </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AND Yes at Alccd1 show additionally: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>You earlier mentioned that you are currently trying to restrict your alcohol consumption.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...26 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    </w:p>
+    <w:p w14:paraId="37BA7405" w14:textId="73731D82" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The next few ques</w:t>
       </w:r>
-      <w:r w:rsidR="00736BEB" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00736BEB" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tions relate to the most recent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> attempt to</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00934E01" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in the last 12 months. Please include any attempt you are currently making …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0701B8DD" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="00EC4523" w:rsidRDefault="00EA1A4D" w:rsidP="00695307">
-[...30 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0701B8DD" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="002E4985" w:rsidRDefault="00EA1A4D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681DAFFA" w14:textId="19623230" w:rsidR="001B0DD0" w:rsidRPr="002E4985" w:rsidRDefault="001B0DD0" w:rsidP="001B0DD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL CODING 1-99 OR DK AT </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005A5501" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="005A5501" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR YES AT Alccd1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F504C7" w14:textId="3EE4439B" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="55F504C7" w14:textId="142A109D" w:rsidR="001B0DD0" w:rsidRPr="002E4985" w:rsidRDefault="001B0DD0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcatt2.</w:t>
       </w:r>
-      <w:r w:rsidR="009D6FF5" w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009D6FF5" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00736BEB" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00736BEB" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>During your most recent</w:t>
       </w:r>
-      <w:r w:rsidR="009D6FF5" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009D6FF5" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> attempt</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00934E01" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidR="009D6FF5" w:rsidRPr="00EC4523">
-[...22 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="009D6FF5" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>was it a serious attempt to cut down on your drinking permanently?</w:t>
       </w:r>
-      <w:r w:rsidR="00AC5CCE" w:rsidRPr="00EC4523">
-[...28 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    </w:p>
+    <w:p w14:paraId="33C522E8" w14:textId="6A40BE33" w:rsidR="001B0DD0" w:rsidRPr="002E4985" w:rsidRDefault="001B0DD0" w:rsidP="001B0DD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SP </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD8E53D" w14:textId="77777777" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="00695307">
-[...10 lines deleted...]
-    <w:p w14:paraId="4A4D2C4C" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
+    <w:p w14:paraId="4A4D2C4C" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA92A2B" w14:textId="642B68CB" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
+    <w:p w14:paraId="0DA92A2B" w14:textId="642B68CB" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70601021" w14:textId="2766CB61" w:rsidR="00274088" w:rsidRPr="00EC4523" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
+    <w:p w14:paraId="70601021" w14:textId="2766CB61" w:rsidR="00274088" w:rsidRPr="002E4985" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D950109" w14:textId="0CAF41F6" w:rsidR="00274088" w:rsidRPr="00EC4523" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
+    <w:p w14:paraId="2D950109" w14:textId="0CAF41F6" w:rsidR="00274088" w:rsidRPr="002E4985" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Refused</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454DDB4F" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="00695307">
-[...46 lines deleted...]
-        <w:t xml:space="preserve">ASK ALL CODING 1-99 OR DK AT </w:t>
+    <w:p w14:paraId="454DDB4F" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56E347A1" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414CD008" w14:textId="52CE4424" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK </w:t>
+      </w:r>
+      <w:r w:rsidR="00944E3D" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ALL EXCEPT 0 at audit1 AND </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ALL CODING 1-99 OR DK AT </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005A5501" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="005A5501" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR YES AT Alccd1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD598B3" w14:textId="3A823629" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="3AD598B3" w14:textId="429D7FCE" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00EC4AFF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcaid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Which, if any, of the following did you </w:t>
       </w:r>
-      <w:r w:rsidR="00F76052" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00F76052" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">use to </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...13 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">try to help </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00934E01" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the most recent attempt?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64337AA7" w14:textId="0EB2EA11" w:rsidR="00803666" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00803666">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="64337AA7" w14:textId="0EB2EA11" w:rsidR="00803666" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4FE40B" w14:textId="4E8506A5" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...18 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2F4FE40B" w14:textId="4E8506A5" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B1AA0B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="71B1AA0B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>110.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any medicines (e.g., acamprosate (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Campral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), disulfiram (Antabuse), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nalmefene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Selincro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D5511F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="47D5511F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>111.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attended one or more one-to-one or group counselling\advice\support sessions for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D95E61B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="5D95E61B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">112. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attended a specialist alcohol clinic or centre for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA97D76" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="5AA97D76" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>113.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Consulted a community pharmacist for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333F0809" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="333F0809" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>114.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Phoned a helpline for help with drinking (e.g. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DrinkLine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142417E4" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="142417E4" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>115.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>An alcohol self-help book or booklet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B53868" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="47B53868" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>116.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Visited a website for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E41B890" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0E41B890" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>117.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Used an alcohol application ('app') on a handheld computer (smartphone, tablet, PDA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A522A6F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0A522A6F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>118.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Hypnotherapy for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3287B2" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0D3287B2" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>119.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Acupuncture for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668C60F3" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2543DF0F" w14:textId="77777777" w:rsidR="00F239E7" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">123.    </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Low-alcohol</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/Alcohol-free drinks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32702757" w14:textId="1AE09F91" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...135 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="13A1FF03" w14:textId="73BFEF15" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>120.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other (please specify)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C0D7BA" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...4 lines deleted...]
-          <w:strike/>
+    <w:p w14:paraId="48C0D7BA" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>121. None of these (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2920D8E8" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...4 lines deleted...]
-          <w:strike/>
+    <w:p w14:paraId="2920D8E8" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-[...2 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>122. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01404DF0" w14:textId="77777777" w:rsidR="00887925" w:rsidRPr="00EC4523" w:rsidRDefault="00887925" w:rsidP="00695307">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">ASK ALL CODING 1-99 OR DK AT </w:t>
+    <w:p w14:paraId="5DFB356A" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F20CED" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED21EE9" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D0C74B" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B4E241" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3271B9C6" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9EDBBB" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67BF9B95" w14:textId="4FF0B00E" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00944E3D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ASK ALL EXCEPT 0 at audit1 AND ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CODING 1-99 OR DK AT </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005A5501" w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="005A5501" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR YES AT Alccd1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC08270" w14:textId="59946B09" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="3CC08270" w14:textId="59946B09" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alcmot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-[...5 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Which of the following</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, if any,</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> do you think contributed to you making the most recent attempt to </w:t>
       </w:r>
-      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00934E01" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4EA487" w14:textId="35500B04" w:rsidR="00803666" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00803666">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="2A4EA487" w14:textId="35500B04" w:rsidR="00803666" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4058DE53" w14:textId="5924C546" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...18 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="4058DE53" w14:textId="5924C546" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410B82F2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="410B82F2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>110.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Advice from a doctor\health worker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AB5594" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="71AB5594" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>111.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Government TV\radio\press advert</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FEFC89" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="54FEFC89" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>112.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>A decision that drinking was too expensive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552AF1A7" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="552AF1A7" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>113.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>I knew someone else who was cutting down</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B85845C" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="6B85845C" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>114.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Health problems I had at the time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C339E73" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="7C339E73" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>115.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>A concern about future health problems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6352AAAB" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="6352AAAB" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>116.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Something said by family\friends\children</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="756A5CED" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="756A5CED" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>117.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>A significant birthday or event</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7BE524" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="0C7BE524" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>118.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Improve my fitness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08123F11" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="08123F11" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>119.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Help with weight loss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0A305D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="3F0A305D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>120.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Detox</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EE3AAD" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="04EE3AAD" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>122.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>To give up alcohol for a month (e.g., taking part in Dry January)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424DBEFD" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="4B6806B2" w14:textId="03CA1B13" w:rsidR="009B5AF1" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="009B5AF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>125</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:commentRangeStart w:id="9"/>
+      <w:r w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>The coronavirus outbreak</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:commentRangeEnd w:id="9"/>
+      <w:r w:rsidR="007E1978" w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:commentReference w:id="9"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E10B6D7" w14:textId="77777777" w:rsidR="00DC25EE" w:rsidRPr="00DC25EE" w:rsidRDefault="003A6DD6" w:rsidP="00DC25EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="10"/>
+      <w:r w:rsidRPr="00DC25EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:t xml:space="preserve">126 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="00DC25EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...84 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidR="00DC25EE" w:rsidRPr="00DC25EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>Improve my mental health or wellbeing</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC25EE" w:rsidRPr="00DC25EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74BBBDCB" w14:textId="0B94B7A7" w:rsidR="00DC25EE" w:rsidRPr="00E96444" w:rsidRDefault="00DC25EE" w:rsidP="00DC25EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>127</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC25EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="magenta"/>
         </w:rPr>
         <w:tab/>
-        <w:t>new weight loss medications also used for the treatment of type 2 diabetes.</w:t>
-[...17 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E96444">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>avoid bad experiences when drinking (e.g. aggressive behaviour, hangovers, risk of injury, etc</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidRPr="00E96444">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:highlight w:val="magenta"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C88E0F4" w14:textId="616D05D0" w:rsidR="003A6DD6" w:rsidRPr="00027363" w:rsidRDefault="003A6DD6" w:rsidP="009B5AF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk189727720"/>
+      <w:commentRangeStart w:id="12"/>
+      <w:r w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Own decision/nothing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="3C47B2C5" w14:textId="0CC079B5" w:rsidR="003A6DD6" w:rsidRPr="00027363" w:rsidRDefault="003A6DD6" w:rsidP="009B5AF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Had a baby / pregnant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EAB49D" w14:textId="4F09BA84" w:rsidR="003A6DD6" w:rsidRPr="00027363" w:rsidRDefault="003A6DD6" w:rsidP="009B5AF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="13"/>
+      <w:r w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>To improve relationships</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="13"/>
+      <w:r w:rsidR="007E1978" w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:commentReference w:id="13"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0807E2" w14:textId="5CAAD6E1" w:rsidR="003A6DD6" w:rsidRPr="00027363" w:rsidRDefault="003A6DD6" w:rsidP="003A6DD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Family, work or education responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08414178" w14:textId="27A2CE66" w:rsidR="003A6DD6" w:rsidRPr="00DC25EE" w:rsidRDefault="003A6DD6" w:rsidP="003A6DD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>To gain more control over my drinking</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="12"/>
+      <w:r w:rsidR="00DC25EE" w:rsidRPr="00027363">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:commentReference w:id="12"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E5BE91" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>121.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...4 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other (please specify)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CC817D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="60CC817D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>123. None of these (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209076D2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...14 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="209076D2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>124. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDA0247" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="00EC4523" w:rsidRDefault="009C688C" w:rsidP="00695307">
-[...33 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+    <w:p w14:paraId="3945AB6E" w14:textId="77777777" w:rsidR="003A6DD6" w:rsidRPr="002E4985" w:rsidRDefault="003A6DD6" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14CD3C44" w14:textId="208DC8FB" w:rsidR="006A5342" w:rsidRPr="002E4985" w:rsidRDefault="006A5342" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB908CD" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>NLA8 Which, if any, of the following applies to you? Please answer all that apply. Since my most recent restriction attempt…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28939C42" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28939C42" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
-          <w:highlight w:val="lightGray"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DE4626" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="41DE4626" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
-          <w:highlight w:val="lightGray"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">MULTICODE 3-6. RANDOMISE 3-6. 3 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
-          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>EXCLUSIVE</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
-          <w:highlight w:val="lightGray"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="07360629" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+        </w:rPr>
+        <w:t xml:space="preserve"> WITH 5, 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t>EXCLUSIVE</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WITH 6. ALLOW REF.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07360629" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
         <w:t>I have completely stopped drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E970B04" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="3E970B04" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>I have not changed my drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438E742A" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="438E742A" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>I am drinking fewer alcoholic drinks than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0B55AF" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="4B0B55AF" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>I am drinking alcohol less often than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE30008" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="0CE30008" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>I am drinking more alcoholic drinks than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B84E421" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="7B84E421" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>I am drinking alcohol more often than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3430D327" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="3430D327" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:strike/>
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42EE1432" w14:textId="77777777" w:rsidR="00316107" w:rsidRPr="00EC4523" w:rsidRDefault="00316107" w:rsidP="00214B84">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="42EE1432" w14:textId="77777777" w:rsidR="00316107" w:rsidRPr="002E4985" w:rsidRDefault="00316107" w:rsidP="00214B84">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D4A31E" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00214B84">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w14:paraId="19623269" w14:textId="677183A8" w:rsidR="00214B84" w:rsidRPr="002E4985" w:rsidRDefault="00214B84" w:rsidP="00214B84">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ASK ALL</w:t>
       </w:r>
-      <w:r w:rsidR="00183202" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00183202" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IN </w:t>
       </w:r>
-      <w:r w:rsidR="00737266" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00737266" w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>GB</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCB8F3C" w14:textId="172BA49A" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="0BCB8F3C" w14:textId="172BA49A" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ASK ALL ADULTS 16+ IN GB</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>OCTOBER ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B42AF4A" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="1B42AF4A" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I’m now going to read a list of policy suggestions relating to alcohol. For each one, please say to what extent you support or oppose each suggestion, or whether you have no opinion. So firstly….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="684B7017" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="311803C3" w14:textId="5DD0E62A" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:t xml:space="preserve">ASK ALL ADULTS 16+ IN GB </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:b/>
+          <w:bCs/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">ASK ALL ADULTS 16+ IN GB </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>OCTOBER ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01552EC7" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>OCTOBER ONLY</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">QAAP1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:b/>
           <w:strike/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t>&lt;INSERT STATEMENT&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">IF </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>NECESSARY</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAY: To what extent do you support or oppose this policy suggestion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF04117" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3BF04117" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFDDD10" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0AFDDD10" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC4523">
-        <w:rPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SINGLE CODE, RANDOMISE ORDER OF STATEMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48165540" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...10 lines deleted...]
-    <w:p w14:paraId="1BD1590F" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="1BD1590F" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcohol should be sold at a minimum price of at least 50p per unit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49526200" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="49526200" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>All products labels should feature health warnings designed by an independent health body</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788673C3" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="788673C3" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>The sale of alcohol in shops should be restricted to between 10am and 10pm (as already implemented in Scotland).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5913F0E8" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="5913F0E8" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>High strength drinks should be taxed at a higher rate than lower strength drinks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0DD1DD" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="6D0DD1DD" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Public health should be considered when licence applications are made for alcohol outlets. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46390678" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="46390678" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Stronger measures should be introduced to limit children and young people’s exposure to alcohol advertising (e.g., restrictions on advertising at sporting/cultural events, in public spaces and online).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B9F4C0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="14B9F4C0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>An independent body should be established to monitor alcohol promotion, including product and packaging design.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEF2458" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="3CEF2458" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Change the legal limit for blood alcohol concentration for drivers to 0mg/100 ml (i.e., zero tolerance for drink-driving).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D521F75" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="3D521F75" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>All health and social care professionals should be trained to routinely provide advice about alcohol to their service users.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128D9D07" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="128D9D07" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Everybody who needs support for alcohol problems should be able to access it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCDE0FF" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="5DCDE0FF" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Require the alcohol industry to publicly disclose business information relevant to its activities (such as sales data, details of lobbying and marketing).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3D6D1B" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="3E3D6D1B" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>All product labels should state ingredient and nutritional information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558F6FD0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="558F6FD0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcohol products should be less visible in supermarkets and shops (i.e., restrictions on how alcohol is displayed).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC15194" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="7AC15194" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>There should be no alcohol sponsorship of sports clubs, events or competitions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AD45E7" w14:textId="77777777" w:rsidR="006A5342" w:rsidRPr="00EC4523" w:rsidRDefault="006A5342" w:rsidP="00695307">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="69AD45E7" w14:textId="77777777" w:rsidR="006A5342" w:rsidRPr="002E4985" w:rsidRDefault="006A5342" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F809459" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SCALE [FORWARD AND REVERSE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C817EA" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="32C817EA" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>. Strongly support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414A2FF8" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="414A2FF8" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. Tend to support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561F0D44" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="561F0D44" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3. No opinion either way</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004CD12F" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="004CD12F" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>4. Tend to oppose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E01A5A2" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="1E01A5A2" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>5. Strongly oppose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403BFC1D" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+    <w:p w14:paraId="403BFC1D" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6. Unsure / Don’t know [FIX]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B073B73" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4B073B73" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63EF018E" w14:textId="738C1ABB" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="005A3360">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
-[...27 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ASK ALL IN GB (January, February, March)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD6D48A" w14:textId="4BA46FE0" w:rsidR="001B300B" w:rsidRPr="00142AF5" w:rsidRDefault="001B300B" w:rsidP="005A3360">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ASK ALL 16+ EXCEPT 0 AT AUDIT1 IN APR, JUN, AUG, OCT, DEC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631B7E80" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="005A3360">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00724162">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ARQ1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How well would you say you yourself are managing financially these days? Would you say you are... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D0CD24" w14:textId="1C58FEFE" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SINGLE CODE</w:t>
       </w:r>
-      <w:r w:rsidR="00DB3074" w:rsidRPr="00EC4523">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00DB3074" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FORW</w:t>
+      </w:r>
+      <w:r w:rsidR="0054084F" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ARD</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3074" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/REVERSE</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5424" w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555AB358" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="555AB358" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Living comfortably</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139F2BEF" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="139F2BEF" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Doing alright</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C65380E" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="5C65380E" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Just about getting by</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32244ED3" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="32244ED3" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Finding it quite difficult</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F0B10C" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="35F0B10C" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00142AF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Finding it very difficult</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC4DC45" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="6DC4DC45" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="002E4985" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...25 lines deleted...]
-          <w:strike/>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42254E0C" w14:textId="77777777" w:rsidR="00BB2FB9" w:rsidRDefault="00BB2FB9" w:rsidP="00BB2FB9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECB115D" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="002E4985" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743EAF91" w14:textId="77777777" w:rsidR="001C51E5" w:rsidRPr="002E4985" w:rsidRDefault="001C51E5" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EC4523">
-[...6 lines deleted...]
-          <w:highlight w:val="lightGray"/>
+      <w:r w:rsidRPr="002E4985">
+        <w:rPr>
+          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>notshowscreen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:sectPr w:rsidR="001C51E5" w:rsidRPr="00EC4523">
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="001C51E5" w:rsidRPr="002E4985">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="3" w:author="Milena Vanini" w:date="2025-02-05T18:27:00Z" w:initials="MV">
+    <w:p w14:paraId="173974EF" w14:textId="77777777" w:rsidR="00EC10C6" w:rsidRDefault="00EC10C6" w:rsidP="00EC10C6">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>New filter</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="7" w:author="Milena Vanini" w:date="2025-02-05T18:27:00Z" w:initials="MV">
+    <w:p w14:paraId="10DA11AD" w14:textId="77777777" w:rsidR="00EC10C6" w:rsidRDefault="00EC10C6" w:rsidP="00EC10C6">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>New filter</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="9" w:author="Milena Vanini" w:date="2025-01-17T15:54:00Z" w:initials="MV">
+    <w:p w14:paraId="65BF2724" w14:textId="2D667DC4" w:rsidR="007E1978" w:rsidRDefault="007E1978" w:rsidP="007E1978">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Code to remove from the list</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="10" w:author="Milena Vanini" w:date="2025-02-05T18:56:00Z" w:initials="MV">
+    <w:p w14:paraId="39B1B8A0" w14:textId="77777777" w:rsidR="00DC25EE" w:rsidRDefault="00DC25EE" w:rsidP="00DC25EE">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>New codes</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="13" w:author="Milena Vanini" w:date="2025-01-17T15:53:00Z" w:initials="MV">
+    <w:p w14:paraId="38C13E54" w14:textId="738AE3EA" w:rsidR="007E1978" w:rsidRDefault="007E1978" w:rsidP="007E1978">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>This code will replace the code ‘Family problems’</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="12" w:author="Milena Vanini" w:date="2025-02-05T18:57:00Z" w:initials="MV">
+    <w:p w14:paraId="5DBA9456" w14:textId="77777777" w:rsidR="00027363" w:rsidRDefault="00DC25EE" w:rsidP="00027363">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00027363">
+        <w:t>Codes in the code frame only:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D99370" w14:textId="77777777" w:rsidR="00027363" w:rsidRDefault="00027363" w:rsidP="00027363">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Own decision/nothing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFA2015" w14:textId="77777777" w:rsidR="00027363" w:rsidRDefault="00027363" w:rsidP="00027363">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Had a baby / pregnant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AD8ACA" w14:textId="77777777" w:rsidR="00027363" w:rsidRDefault="00027363" w:rsidP="00027363">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>To improve relationships</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B233F5" w14:textId="77777777" w:rsidR="00027363" w:rsidRDefault="00027363" w:rsidP="00027363">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>Family, work or education responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692BF5A8" w14:textId="77777777" w:rsidR="00027363" w:rsidRDefault="00027363" w:rsidP="00027363">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>To gain more control over my drinking</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="173974EF" w15:done="0"/>
+  <w15:commentEx w15:paraId="10DA11AD" w15:done="0"/>
+  <w15:commentEx w15:paraId="65BF2724" w15:done="0"/>
+  <w15:commentEx w15:paraId="39B1B8A0" w15:done="0"/>
+  <w15:commentEx w15:paraId="38C13E54" w15:done="0"/>
+  <w15:commentEx w15:paraId="692BF5A8" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
+  <w16cex:commentExtensible w16cex:durableId="2985D37A" w16cex:dateUtc="2025-02-05T18:27:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="1F1AB503" w16cex:dateUtc="2025-02-05T18:27:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="37526A3A" w16cex:dateUtc="2025-01-17T15:54:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="57587C20" w16cex:dateUtc="2025-02-05T18:56:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="3E1AFDBB" w16cex:dateUtc="2025-01-17T15:53:00Z"/>
+  <w16cex:commentExtensible w16cex:durableId="720729B5" w16cex:dateUtc="2025-02-05T18:57:00Z"/>
+</w16cex:commentsExtensible>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="173974EF" w16cid:durableId="2985D37A"/>
+  <w16cid:commentId w16cid:paraId="10DA11AD" w16cid:durableId="1F1AB503"/>
+  <w16cid:commentId w16cid:paraId="65BF2724" w16cid:durableId="37526A3A"/>
+  <w16cid:commentId w16cid:paraId="39B1B8A0" w16cid:durableId="57587C20"/>
+  <w16cid:commentId w16cid:paraId="38C13E54" w16cid:durableId="3E1AFDBB"/>
+  <w16cid:commentId w16cid:paraId="692BF5A8" w16cid:durableId="720729B5"/>
+</w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78CBDACE" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7C93ED4E" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -13522,148 +13179,156 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Book Antiqua">
-    <w:panose1 w:val="02040602050305030304"/>
+  <w:font w:name="Barlow">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5DAB3B20" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D9DC185" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1361CDAA" w14:textId="0ECAC6D1" w:rsidR="00E71172" w:rsidRDefault="009318D2" w:rsidP="00243F80">
+  <w:p w14:paraId="1361CDAA" w14:textId="14F1EA3A" w:rsidR="00E71172" w:rsidRDefault="009318D2" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="009318D2">
       <w:t xml:space="preserve">J </w:t>
     </w:r>
     <w:r w:rsidR="007A7D4B">
       <w:t>24-</w:t>
     </w:r>
-    <w:r w:rsidR="000701F9">
+    <w:r w:rsidR="002B5521">
       <w:t>089498</w:t>
     </w:r>
     <w:r w:rsidRPr="009318D2">
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00517361">
-      <w:t>36</w:t>
+    <w:r w:rsidR="00AB0877">
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="006B4A18">
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00517361">
-      <w:t>September</w:t>
+    <w:r w:rsidR="006B4A18">
+      <w:t>Dec</w:t>
+    </w:r>
+    <w:r w:rsidR="00AB0877">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="007A7D4B">
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="000A2AFC">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003A2140">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E71172">
       <w:t>Module</w:t>
     </w:r>
+    <w:r w:rsidR="00825A7F">
+      <w:t>: TA</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="2A1BAA82" w14:textId="2CCFF75E" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
+  <w:p w14:paraId="2A1BAA82" w14:textId="32B992BD" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="006A7C27">
-      <w:t>1</w:t>
+    <w:r w:rsidR="00F530CB">
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Alcohol Toolkit</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>INTERNAL / CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0268F61A" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -14875,50 +14540,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DA11151"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE96957E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="741923DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38B014A6"/>
     <w:lvl w:ilvl="0" w:tplc="4B7C38A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -14963,51 +14714,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="775A0ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66D428C6"/>
     <w:lvl w:ilvl="0" w:tplc="03DC6A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15053,51 +14804,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D68656A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAC48520"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15209,513 +14960,653 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="223876995">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1655647705">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1059936161">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2101020503">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="956761919">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1437409951">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="948202095">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="735058145">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1375815251">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="97603900">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="880017957">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1893810408">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2095012605">
     <w:abstractNumId w:val="9"/>
   </w:num>
+  <w:num w:numId="19" w16cid:durableId="2130973459">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
 </w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Milena Vanini">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Milena.Vanini@ipsos.com::3016c936-74e8-4922-b1e4-2e0ce4e62337"/>
+  </w15:person>
+</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="161793"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD6597"/>
     <w:rsid w:val="00002DB8"/>
     <w:rsid w:val="000030EE"/>
     <w:rsid w:val="000044B2"/>
     <w:rsid w:val="000152D4"/>
+    <w:rsid w:val="0002471B"/>
     <w:rsid w:val="00025152"/>
+    <w:rsid w:val="00027363"/>
+    <w:rsid w:val="00030B1E"/>
     <w:rsid w:val="000312D0"/>
     <w:rsid w:val="00031548"/>
     <w:rsid w:val="00051591"/>
     <w:rsid w:val="00052D84"/>
     <w:rsid w:val="00061D46"/>
-    <w:rsid w:val="000701F9"/>
     <w:rsid w:val="00072C2B"/>
     <w:rsid w:val="00073E05"/>
     <w:rsid w:val="00097662"/>
     <w:rsid w:val="000A2AFC"/>
     <w:rsid w:val="000A3383"/>
     <w:rsid w:val="000B2829"/>
     <w:rsid w:val="000C03B0"/>
+    <w:rsid w:val="000C4803"/>
     <w:rsid w:val="000C751E"/>
     <w:rsid w:val="000D235C"/>
     <w:rsid w:val="000D6401"/>
+    <w:rsid w:val="000F56A7"/>
     <w:rsid w:val="00107B77"/>
     <w:rsid w:val="00114055"/>
     <w:rsid w:val="00125C02"/>
     <w:rsid w:val="00127C97"/>
     <w:rsid w:val="00130C02"/>
+    <w:rsid w:val="00140943"/>
+    <w:rsid w:val="00142AF5"/>
     <w:rsid w:val="00143AC9"/>
     <w:rsid w:val="00154E9B"/>
     <w:rsid w:val="001674CF"/>
+    <w:rsid w:val="0017105E"/>
     <w:rsid w:val="001755ED"/>
+    <w:rsid w:val="00181344"/>
     <w:rsid w:val="00183202"/>
     <w:rsid w:val="00183224"/>
     <w:rsid w:val="00185882"/>
+    <w:rsid w:val="001A048F"/>
     <w:rsid w:val="001A2EAC"/>
     <w:rsid w:val="001A6176"/>
     <w:rsid w:val="001B0DD0"/>
+    <w:rsid w:val="001B300B"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001C51E5"/>
     <w:rsid w:val="001D0550"/>
     <w:rsid w:val="001E599F"/>
     <w:rsid w:val="001F02B4"/>
     <w:rsid w:val="00200F18"/>
     <w:rsid w:val="002130BB"/>
     <w:rsid w:val="00214B84"/>
     <w:rsid w:val="00237710"/>
     <w:rsid w:val="00243F80"/>
+    <w:rsid w:val="0024484E"/>
     <w:rsid w:val="002513AF"/>
+    <w:rsid w:val="002534E5"/>
     <w:rsid w:val="00253CC2"/>
+    <w:rsid w:val="00254DBE"/>
     <w:rsid w:val="00274088"/>
     <w:rsid w:val="0029375A"/>
     <w:rsid w:val="00295400"/>
     <w:rsid w:val="002A57F2"/>
     <w:rsid w:val="002A6B02"/>
     <w:rsid w:val="002B0B8D"/>
     <w:rsid w:val="002B1A11"/>
+    <w:rsid w:val="002B2446"/>
+    <w:rsid w:val="002B5521"/>
     <w:rsid w:val="002C5242"/>
     <w:rsid w:val="002D62B5"/>
     <w:rsid w:val="002D6448"/>
+    <w:rsid w:val="002E4985"/>
     <w:rsid w:val="002F71AC"/>
     <w:rsid w:val="003041CB"/>
+    <w:rsid w:val="0031128D"/>
+    <w:rsid w:val="00312A36"/>
     <w:rsid w:val="00314130"/>
     <w:rsid w:val="00314A73"/>
     <w:rsid w:val="00316107"/>
     <w:rsid w:val="00321563"/>
     <w:rsid w:val="00325F93"/>
+    <w:rsid w:val="00331D1C"/>
     <w:rsid w:val="00333BB4"/>
     <w:rsid w:val="00337AB2"/>
     <w:rsid w:val="00341273"/>
+    <w:rsid w:val="003413ED"/>
     <w:rsid w:val="00341C89"/>
     <w:rsid w:val="00357376"/>
     <w:rsid w:val="0037473D"/>
     <w:rsid w:val="00374B61"/>
     <w:rsid w:val="00375E30"/>
+    <w:rsid w:val="00376653"/>
     <w:rsid w:val="00377378"/>
+    <w:rsid w:val="00377BCB"/>
     <w:rsid w:val="00383529"/>
     <w:rsid w:val="0038469E"/>
     <w:rsid w:val="00385EE0"/>
     <w:rsid w:val="003909A9"/>
     <w:rsid w:val="00390B2E"/>
+    <w:rsid w:val="003918D1"/>
     <w:rsid w:val="00396F5E"/>
     <w:rsid w:val="00397364"/>
     <w:rsid w:val="0039787E"/>
     <w:rsid w:val="003A1372"/>
     <w:rsid w:val="003A2140"/>
+    <w:rsid w:val="003A6DD6"/>
     <w:rsid w:val="003B2A3A"/>
+    <w:rsid w:val="003B435C"/>
     <w:rsid w:val="003C681B"/>
     <w:rsid w:val="003E403A"/>
     <w:rsid w:val="003E6D30"/>
+    <w:rsid w:val="003F001C"/>
+    <w:rsid w:val="003F4A1F"/>
+    <w:rsid w:val="003F4F51"/>
+    <w:rsid w:val="004036CD"/>
     <w:rsid w:val="00411860"/>
-    <w:rsid w:val="00437C00"/>
+    <w:rsid w:val="004142D5"/>
+    <w:rsid w:val="004374BB"/>
     <w:rsid w:val="00441E41"/>
+    <w:rsid w:val="00445882"/>
     <w:rsid w:val="004526FC"/>
     <w:rsid w:val="00460E60"/>
     <w:rsid w:val="004628CA"/>
     <w:rsid w:val="004769B4"/>
     <w:rsid w:val="0049428C"/>
     <w:rsid w:val="004A4AFB"/>
     <w:rsid w:val="004C0554"/>
+    <w:rsid w:val="004C4F8B"/>
     <w:rsid w:val="004D1A34"/>
     <w:rsid w:val="004E0576"/>
+    <w:rsid w:val="004F1E07"/>
     <w:rsid w:val="005003C3"/>
     <w:rsid w:val="00507C68"/>
-    <w:rsid w:val="00517361"/>
     <w:rsid w:val="00531271"/>
     <w:rsid w:val="00532D6B"/>
+    <w:rsid w:val="0054084F"/>
     <w:rsid w:val="00544398"/>
     <w:rsid w:val="00546B3C"/>
     <w:rsid w:val="00552781"/>
     <w:rsid w:val="005551B5"/>
+    <w:rsid w:val="0055615D"/>
     <w:rsid w:val="00570139"/>
+    <w:rsid w:val="00582A9F"/>
     <w:rsid w:val="00584FD4"/>
     <w:rsid w:val="00585F16"/>
     <w:rsid w:val="005878E8"/>
+    <w:rsid w:val="005928E2"/>
     <w:rsid w:val="00592D01"/>
+    <w:rsid w:val="005A3360"/>
     <w:rsid w:val="005A5501"/>
     <w:rsid w:val="005B0E17"/>
     <w:rsid w:val="005B3F1A"/>
     <w:rsid w:val="005C49D4"/>
     <w:rsid w:val="005C5424"/>
     <w:rsid w:val="005D4890"/>
     <w:rsid w:val="005F1920"/>
     <w:rsid w:val="00605492"/>
     <w:rsid w:val="00610223"/>
     <w:rsid w:val="006102B6"/>
     <w:rsid w:val="006132A1"/>
     <w:rsid w:val="00613311"/>
+    <w:rsid w:val="00615B18"/>
     <w:rsid w:val="00631416"/>
     <w:rsid w:val="00631D60"/>
+    <w:rsid w:val="006320D6"/>
     <w:rsid w:val="0063549D"/>
     <w:rsid w:val="00637295"/>
     <w:rsid w:val="00666D80"/>
     <w:rsid w:val="00683668"/>
+    <w:rsid w:val="00685BEA"/>
     <w:rsid w:val="0068767B"/>
+    <w:rsid w:val="00690791"/>
     <w:rsid w:val="006952E4"/>
     <w:rsid w:val="00695307"/>
+    <w:rsid w:val="006A1560"/>
     <w:rsid w:val="006A5342"/>
     <w:rsid w:val="006A7C27"/>
+    <w:rsid w:val="006B4A18"/>
     <w:rsid w:val="006C5A06"/>
     <w:rsid w:val="006D0FE5"/>
     <w:rsid w:val="006D310A"/>
     <w:rsid w:val="006D338E"/>
     <w:rsid w:val="006D4352"/>
     <w:rsid w:val="006E0BF0"/>
     <w:rsid w:val="006E2620"/>
     <w:rsid w:val="006E41CF"/>
+    <w:rsid w:val="006E544F"/>
     <w:rsid w:val="006F1F03"/>
     <w:rsid w:val="006F2CF6"/>
     <w:rsid w:val="006F31E5"/>
     <w:rsid w:val="006F69C8"/>
     <w:rsid w:val="007050EF"/>
     <w:rsid w:val="007070CC"/>
     <w:rsid w:val="00710A8B"/>
+    <w:rsid w:val="00712ADF"/>
+    <w:rsid w:val="00724162"/>
     <w:rsid w:val="00736BEB"/>
     <w:rsid w:val="00737266"/>
     <w:rsid w:val="007372F1"/>
     <w:rsid w:val="007377B5"/>
     <w:rsid w:val="00744230"/>
     <w:rsid w:val="00745876"/>
     <w:rsid w:val="00746F86"/>
     <w:rsid w:val="00761C06"/>
     <w:rsid w:val="00797A41"/>
+    <w:rsid w:val="007A3010"/>
     <w:rsid w:val="007A7D4B"/>
     <w:rsid w:val="007B1D92"/>
     <w:rsid w:val="007B2441"/>
     <w:rsid w:val="007C4D84"/>
     <w:rsid w:val="007D0C9A"/>
     <w:rsid w:val="007D197B"/>
+    <w:rsid w:val="007D30D4"/>
     <w:rsid w:val="007E0E66"/>
+    <w:rsid w:val="007E1978"/>
     <w:rsid w:val="007F5A8D"/>
     <w:rsid w:val="00803666"/>
     <w:rsid w:val="00821240"/>
+    <w:rsid w:val="00822491"/>
+    <w:rsid w:val="00825A7F"/>
     <w:rsid w:val="00825F20"/>
     <w:rsid w:val="00827288"/>
     <w:rsid w:val="008337BC"/>
     <w:rsid w:val="00835638"/>
     <w:rsid w:val="00862FAD"/>
+    <w:rsid w:val="00867F59"/>
     <w:rsid w:val="00882731"/>
     <w:rsid w:val="00887925"/>
     <w:rsid w:val="00892513"/>
     <w:rsid w:val="008A06C1"/>
     <w:rsid w:val="008A55A3"/>
+    <w:rsid w:val="008B0BEA"/>
     <w:rsid w:val="008B2CC6"/>
     <w:rsid w:val="008B45E5"/>
     <w:rsid w:val="008C14CE"/>
     <w:rsid w:val="008D069D"/>
-    <w:rsid w:val="008D4D3E"/>
     <w:rsid w:val="008E5FC7"/>
-    <w:rsid w:val="008F3181"/>
+    <w:rsid w:val="008F0B5C"/>
     <w:rsid w:val="008F79D8"/>
     <w:rsid w:val="00902D45"/>
+    <w:rsid w:val="00906214"/>
     <w:rsid w:val="00911AD6"/>
     <w:rsid w:val="009122F7"/>
     <w:rsid w:val="00915ED1"/>
     <w:rsid w:val="009318D2"/>
     <w:rsid w:val="00931AC3"/>
     <w:rsid w:val="00934E01"/>
+    <w:rsid w:val="00937107"/>
+    <w:rsid w:val="009378B4"/>
     <w:rsid w:val="0094372F"/>
+    <w:rsid w:val="00944E3D"/>
     <w:rsid w:val="0094665A"/>
     <w:rsid w:val="00951C7B"/>
+    <w:rsid w:val="00960155"/>
     <w:rsid w:val="009617AB"/>
     <w:rsid w:val="00965E83"/>
+    <w:rsid w:val="00967A06"/>
     <w:rsid w:val="00971B98"/>
     <w:rsid w:val="00972A50"/>
     <w:rsid w:val="00977967"/>
     <w:rsid w:val="009B3B16"/>
     <w:rsid w:val="009B53DE"/>
     <w:rsid w:val="009B5AF1"/>
+    <w:rsid w:val="009B6EC1"/>
+    <w:rsid w:val="009C37F9"/>
     <w:rsid w:val="009C688C"/>
     <w:rsid w:val="009D3BC6"/>
     <w:rsid w:val="009D6FF5"/>
+    <w:rsid w:val="009E01F3"/>
     <w:rsid w:val="009E5005"/>
     <w:rsid w:val="009F280D"/>
+    <w:rsid w:val="009F68D2"/>
+    <w:rsid w:val="00A0086B"/>
     <w:rsid w:val="00A01700"/>
+    <w:rsid w:val="00A13B67"/>
     <w:rsid w:val="00A1490B"/>
     <w:rsid w:val="00A21DE3"/>
     <w:rsid w:val="00A240C6"/>
     <w:rsid w:val="00A276CA"/>
+    <w:rsid w:val="00A43425"/>
     <w:rsid w:val="00A4704B"/>
     <w:rsid w:val="00A47BF6"/>
     <w:rsid w:val="00A66C51"/>
     <w:rsid w:val="00A8337F"/>
     <w:rsid w:val="00A8587F"/>
+    <w:rsid w:val="00A93A26"/>
     <w:rsid w:val="00A941CA"/>
+    <w:rsid w:val="00AB0877"/>
+    <w:rsid w:val="00AB4BB9"/>
     <w:rsid w:val="00AB5254"/>
     <w:rsid w:val="00AC012C"/>
     <w:rsid w:val="00AC58EC"/>
     <w:rsid w:val="00AC5CCE"/>
     <w:rsid w:val="00AD26A7"/>
+    <w:rsid w:val="00AD50D3"/>
     <w:rsid w:val="00AE05B6"/>
     <w:rsid w:val="00AF4959"/>
     <w:rsid w:val="00B06885"/>
     <w:rsid w:val="00B077CA"/>
     <w:rsid w:val="00B13DAA"/>
+    <w:rsid w:val="00B328FB"/>
+    <w:rsid w:val="00B44616"/>
+    <w:rsid w:val="00B52738"/>
     <w:rsid w:val="00B64FA5"/>
+    <w:rsid w:val="00B6648A"/>
+    <w:rsid w:val="00B778E9"/>
     <w:rsid w:val="00B85C17"/>
     <w:rsid w:val="00B90446"/>
-    <w:rsid w:val="00B9126E"/>
     <w:rsid w:val="00B92180"/>
     <w:rsid w:val="00B92F61"/>
     <w:rsid w:val="00B964E5"/>
+    <w:rsid w:val="00BA2170"/>
     <w:rsid w:val="00BA38A0"/>
-    <w:rsid w:val="00BB1749"/>
     <w:rsid w:val="00BB1FA4"/>
+    <w:rsid w:val="00BB2FB9"/>
     <w:rsid w:val="00BB3F2A"/>
     <w:rsid w:val="00BB6A4D"/>
     <w:rsid w:val="00BB7C6C"/>
     <w:rsid w:val="00BC0737"/>
     <w:rsid w:val="00BC276D"/>
     <w:rsid w:val="00BC3A87"/>
+    <w:rsid w:val="00BC5769"/>
     <w:rsid w:val="00BC6DF9"/>
     <w:rsid w:val="00BD1DC7"/>
     <w:rsid w:val="00BD5ADC"/>
     <w:rsid w:val="00BD6AC0"/>
     <w:rsid w:val="00BE6CE4"/>
     <w:rsid w:val="00BF1FAE"/>
     <w:rsid w:val="00BF2AA3"/>
     <w:rsid w:val="00BF3B73"/>
     <w:rsid w:val="00BF49B4"/>
+    <w:rsid w:val="00BF6AC9"/>
     <w:rsid w:val="00C014F9"/>
     <w:rsid w:val="00C10E9C"/>
     <w:rsid w:val="00C1362E"/>
     <w:rsid w:val="00C15972"/>
     <w:rsid w:val="00C2461B"/>
+    <w:rsid w:val="00C32F46"/>
     <w:rsid w:val="00C365DA"/>
     <w:rsid w:val="00C37147"/>
     <w:rsid w:val="00C5249D"/>
+    <w:rsid w:val="00C61C62"/>
     <w:rsid w:val="00C6268D"/>
     <w:rsid w:val="00C72712"/>
+    <w:rsid w:val="00C86627"/>
     <w:rsid w:val="00C86CF9"/>
     <w:rsid w:val="00C87151"/>
+    <w:rsid w:val="00C93F67"/>
     <w:rsid w:val="00CA1653"/>
+    <w:rsid w:val="00CA34BE"/>
     <w:rsid w:val="00CA7DF2"/>
     <w:rsid w:val="00CB4E2D"/>
     <w:rsid w:val="00CC063D"/>
     <w:rsid w:val="00CC13A3"/>
     <w:rsid w:val="00CC4E2C"/>
     <w:rsid w:val="00CD2652"/>
     <w:rsid w:val="00CD4153"/>
     <w:rsid w:val="00CD4B30"/>
-    <w:rsid w:val="00CD7731"/>
     <w:rsid w:val="00CE08E8"/>
     <w:rsid w:val="00CE46CF"/>
     <w:rsid w:val="00CE4806"/>
     <w:rsid w:val="00CF3199"/>
     <w:rsid w:val="00D16F72"/>
     <w:rsid w:val="00D2659A"/>
+    <w:rsid w:val="00D314E8"/>
     <w:rsid w:val="00D35CD4"/>
     <w:rsid w:val="00D408BB"/>
     <w:rsid w:val="00D45058"/>
     <w:rsid w:val="00D57E1E"/>
     <w:rsid w:val="00D6143A"/>
+    <w:rsid w:val="00D67F0F"/>
     <w:rsid w:val="00D73EC5"/>
     <w:rsid w:val="00D76BBA"/>
     <w:rsid w:val="00D857FB"/>
     <w:rsid w:val="00D941E9"/>
     <w:rsid w:val="00D9629A"/>
     <w:rsid w:val="00DB3074"/>
+    <w:rsid w:val="00DC25EE"/>
     <w:rsid w:val="00DC2EC6"/>
     <w:rsid w:val="00DD6597"/>
     <w:rsid w:val="00DF0F76"/>
+    <w:rsid w:val="00DF2563"/>
     <w:rsid w:val="00DF738B"/>
     <w:rsid w:val="00E01473"/>
     <w:rsid w:val="00E04683"/>
     <w:rsid w:val="00E075AD"/>
-    <w:rsid w:val="00E1619B"/>
+    <w:rsid w:val="00E17C8E"/>
     <w:rsid w:val="00E271F1"/>
+    <w:rsid w:val="00E343CA"/>
     <w:rsid w:val="00E356C1"/>
     <w:rsid w:val="00E43F6F"/>
     <w:rsid w:val="00E4444C"/>
+    <w:rsid w:val="00E60000"/>
     <w:rsid w:val="00E71172"/>
     <w:rsid w:val="00E76478"/>
+    <w:rsid w:val="00E85FD5"/>
     <w:rsid w:val="00E91868"/>
     <w:rsid w:val="00E937FD"/>
+    <w:rsid w:val="00E96444"/>
     <w:rsid w:val="00EA1A4D"/>
     <w:rsid w:val="00EA49D0"/>
     <w:rsid w:val="00EB4024"/>
     <w:rsid w:val="00EB63F0"/>
-    <w:rsid w:val="00EC4523"/>
+    <w:rsid w:val="00EC10C6"/>
+    <w:rsid w:val="00EC4AFF"/>
     <w:rsid w:val="00EC5A91"/>
     <w:rsid w:val="00ED4F06"/>
     <w:rsid w:val="00EE371D"/>
     <w:rsid w:val="00EE6001"/>
     <w:rsid w:val="00EE71D6"/>
     <w:rsid w:val="00EF334F"/>
     <w:rsid w:val="00F005C8"/>
+    <w:rsid w:val="00F0198D"/>
     <w:rsid w:val="00F10D09"/>
+    <w:rsid w:val="00F15964"/>
     <w:rsid w:val="00F17D3D"/>
+    <w:rsid w:val="00F22C2D"/>
     <w:rsid w:val="00F237B9"/>
+    <w:rsid w:val="00F239E7"/>
     <w:rsid w:val="00F2657E"/>
     <w:rsid w:val="00F30B25"/>
     <w:rsid w:val="00F343D6"/>
+    <w:rsid w:val="00F41949"/>
     <w:rsid w:val="00F42BA0"/>
     <w:rsid w:val="00F52A94"/>
     <w:rsid w:val="00F52FCF"/>
+    <w:rsid w:val="00F530CB"/>
     <w:rsid w:val="00F53B5A"/>
+    <w:rsid w:val="00F67FEE"/>
     <w:rsid w:val="00F724FF"/>
+    <w:rsid w:val="00F735BC"/>
     <w:rsid w:val="00F76052"/>
     <w:rsid w:val="00F77AF6"/>
     <w:rsid w:val="00F80984"/>
     <w:rsid w:val="00F82333"/>
     <w:rsid w:val="00F85586"/>
     <w:rsid w:val="00F86C6C"/>
+    <w:rsid w:val="00F86FD4"/>
     <w:rsid w:val="00F9154B"/>
     <w:rsid w:val="00F92269"/>
+    <w:rsid w:val="00F93538"/>
     <w:rsid w:val="00F95E28"/>
     <w:rsid w:val="00FA08B6"/>
     <w:rsid w:val="00FA65DE"/>
+    <w:rsid w:val="00FB6406"/>
+    <w:rsid w:val="00FC5CE4"/>
+    <w:rsid w:val="00FE1D51"/>
     <w:rsid w:val="00FE50D8"/>
     <w:rsid w:val="00FE757E"/>
     <w:rsid w:val="00FF280F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="161793"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02084885"/>
   <w15:docId w15:val="{1C42AFE2-13A5-4A67-8172-0C79B7B5389D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -16252,51 +16143,53 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00243F80"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00243F80"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
+    <w:aliases w:val="cS List Paragraph,Numbered Para 1,Dot pt,No Spacing1,List Paragraph Char Char Char,Indicator Text,List Paragraph1,Bullet Points,Bullet 1,MAIN CONTENT,List Paragraph12,F5 List Paragraph,OBC Bullet,Colorful List - Accent 11,Normal numbered"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00695307"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="006E0BF0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001A6176"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -16335,83 +16228,132 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D6448"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
     <w:name w:val="x_msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00214B84"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:aliases w:val="cS List Paragraph Char,Numbered Para 1 Char,Dot pt Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,List Paragraph1 Char,Bullet Points Char,Bullet 1 Char,MAIN CONTENT Char,List Paragraph12 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00F86FD4"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="27223731">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="156196715">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="626274068">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1004431915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1117332899">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1219050613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1464150707">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -16439,51 +16381,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2034381449">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16748,52 +16690,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9f787eaa3d848b643d27d261b2a691d9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6432457ecf8c8f549be832a1f35452a3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -16999,90 +16941,91 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3A0EF86-619A-4115-9459-21C0468D314C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F46F84EA-420A-404B-8F20-9DA5E945F547}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3879818C-5608-4A4A-B11C-25FE2FC29F10}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{632D66E5-E29B-43AE-9E93-5B1A142B56E1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED5BEA21-76C8-4B8D-9A8C-95B14ADD22B0}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB53A4EB-94B8-438E-BE22-3DD429D413BB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B56E20C5-8A51-4290-8D38-A23C1AA47C6C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>14707</Characters>
+  <Pages>12</Pages>
+  <Words>2625</Words>
+  <Characters>14966</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FBS AISC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17253</CharactersWithSpaces>
+  <CharactersWithSpaces>17556</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Jamie Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>