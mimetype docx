--- v1 (2026-01-24)
+++ v2 (2026-03-10)
@@ -1,13170 +1,13567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="03870D4C" w14:textId="77777777" w:rsidR="00F67FEE" w:rsidRPr="002E4985" w:rsidRDefault="00F67FEE" w:rsidP="00F67FEE">
-[...20 lines deleted...]
-    <w:p w14:paraId="432077D6" w14:textId="3B8A4445" w:rsidR="00F67FEE" w:rsidRPr="002E4985" w:rsidRDefault="00F67FEE" w:rsidP="00F67FEE">
+    <w:p w14:paraId="2B74DAD9" w14:textId="4601B126" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TA</w:t>
+      </w:r>
+      <w:r w:rsidR="009C688C" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MODULE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EECEA74" w14:textId="69F47E02" w:rsidR="00F005C8" w:rsidRDefault="009C688C" w:rsidP="00695307">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5353"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00127C97" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ADULTS IN</w:t>
+      </w:r>
+      <w:r w:rsidR="00396F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0B95" w:rsidRPr="001D0B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">NEW FILTER FOR: </w:t>
-[...102 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+      <w:r w:rsidR="00127C97" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AGE</w:t>
+      </w:r>
+      <w:r w:rsidR="00127C97" w:rsidRPr="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00097662" w:rsidRPr="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00631416" w:rsidRPr="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5AF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC908E8" w14:textId="77777777" w:rsidR="00F005C8" w:rsidRPr="009D3BC6" w:rsidRDefault="00F005C8" w:rsidP="00695307">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5353"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC58DFA" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D3BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F67FEE" w:rsidRPr="00142AF5">
-[...153 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009D3BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>notshowscreen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="18E482D8" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="18E482D8" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="117C55D7" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="006E0BF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F5C383" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="006E0BF0">
+    <w:p w14:paraId="69F5C383" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="006E0BF0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER PLEASE NOTE: IN THE NEXT SECTION, WHERE WE ARE ASKING QUESTIONS THAT REQUIRE A </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUMERIC RESPONSE</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, PLEASE USE </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>CTRL+1 INSTEAD OF DK</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, IN INSTANCES WHERE THE RESPONDENT STATES THAT THEY ARE UNSURE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145A7174" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="002E4985" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="145A7174" w14:textId="77777777" w:rsidR="006E0BF0" w:rsidRPr="0029375A" w:rsidRDefault="006E0BF0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CBF2217" w14:textId="77777777" w:rsidR="00253CC2" w:rsidRPr="0029375A" w:rsidRDefault="00253CC2" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8BB9F9" w14:textId="77777777" w:rsidR="00253CC2" w:rsidRPr="002E4985" w:rsidRDefault="00253CC2" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7B8BB9F9" w14:textId="77777777" w:rsidR="00253CC2" w:rsidRPr="0029375A" w:rsidRDefault="00253CC2" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The next few questions form part of a study about consumption of alcohol. We understand that this is a highly sensitive topic and would therefore like to remind you that any information you give me is strictly confidential and will be used for research purposes only</w:t>
       </w:r>
-      <w:r w:rsidR="00107B77" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00107B77" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00107B77" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00107B77" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Some questions asked may not necessarily apply to you. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6A7BC5" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="002E4985" w:rsidRDefault="003E6D30" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3A6A7BC5" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="0029375A" w:rsidRDefault="003E6D30" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221B0737" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEW SCREEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F089DF" w14:textId="037CEF50" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00411860" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="01F089DF" w14:textId="037CEF50" w:rsidR="00411860" w:rsidRPr="00E71172" w:rsidRDefault="00411860" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">These </w:t>
       </w:r>
-      <w:r w:rsidR="00253CC2" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00253CC2" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
-      <w:r w:rsidR="00710A8B" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00710A8B" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> few</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">questions ask about the alcohol you have drunk </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in the last 6 months</w:t>
       </w:r>
-      <w:r w:rsidR="00710A8B" w:rsidRPr="002E4985">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00710A8B" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00710A8B" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>including about</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17D3D" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">how many standard drinks you have consumed. Please note that 1 standard drink </w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>equals</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 unit of alcohol. So, for example, </w:t>
       </w:r>
-      <w:r w:rsidR="00F82333" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F82333" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a small glass of wine or a single measure of spirits</w:t>
       </w:r>
-      <w:r w:rsidR="002F71AC" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F71AC" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is 1 standard drink</w:t>
       </w:r>
-      <w:r w:rsidR="00F82333" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F82333" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, while </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a pint of regular beer or lager is equal</w:t>
       </w:r>
-      <w:r w:rsidR="00A1490B" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A1490B" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to 2 standard drinks or 2 units, </w:t>
       </w:r>
-      <w:r w:rsidR="002F71AC" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="002F71AC" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="00A1490B" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A1490B" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a bottle of wine is equal to 9 units</w:t>
       </w:r>
-      <w:r w:rsidR="00E71172" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E71172" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E76478" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E76478" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>If you are unsure, please ask</w:t>
       </w:r>
-      <w:r w:rsidR="007C4D84" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="007C4D84" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> me to help you work it out</w:t>
       </w:r>
-      <w:r w:rsidR="00745876" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00745876" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03E5EF08" w14:textId="77777777" w:rsidR="00ED4F06" w:rsidRPr="002E4985" w:rsidRDefault="00ED4F06" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="03E5EF08" w14:textId="77777777" w:rsidR="00ED4F06" w:rsidRPr="0029375A" w:rsidRDefault="00ED4F06" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Please be aware that all your answers will be handled confidentially.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE63D2D" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00411860" w:rsidP="00695307">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1FE63D2D" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="0029375A" w:rsidRDefault="00411860" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC5B097" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Code values for working out audit scores</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3010"/>
-        <w:gridCol w:w="4640"/>
-        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="3007"/>
+        <w:gridCol w:w="2999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="497A3399" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="497A3399" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61146CC1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="61146CC1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Question</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="679D0CD1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="679D0CD1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F018C90" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="0F018C90" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Value for audit score</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="06434F79" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="06434F79" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701A52C4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="701A52C4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Audit1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE60F68" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3CE60F68" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – Never</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E9D954" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="60E9D954" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2DD91DCE" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2DD91DCE" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4C9445" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="5F4C9445" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E10791" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="17E10791" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – Monthly or less</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EEBF9C1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2EEBF9C1" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="1B7E595D" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="1B7E595D" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D59469E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7D59469E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64F712FB" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="64F712FB" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – 2 to 4 times a month</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75A0237D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="75A0237D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="19AA28EE" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="19AA28EE" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59370E70" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="59370E70" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3031CDBC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3031CDBC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4 – 2 to 3 times a week </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01AE601F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="01AE601F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="07202594" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="07202594" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF0F7A0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2FF0F7A0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A587257" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4A587257" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5 – 4 to 5 times a week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E275CCE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3E275CCE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="5400D33C" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="5400D33C" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="774E50F7" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="774E50F7" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12850866" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="12850866" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>6 – 6 or more times a week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149FDD7D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="149FDD7D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2819D5B5" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2819D5B5" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB481EF" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3EB481EF" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Audit2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE97F33" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2DE97F33" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – 1 to 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C1850A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="71C1850A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="0504AD66" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="0504AD66" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02284B03" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="02284B03" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED265CA" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="5ED265CA" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – 3 to 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4897DCF6" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4897DCF6" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="155A4A27" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="155A4A27" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7CE857" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="1F7CE857" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15EA139F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="15EA139F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – 5 to 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFF6F36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4FFF6F36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="19713544" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="19713544" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DB8459" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="43DB8459" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57711D6D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="57711D6D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4 – 7 to 9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2982C94C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2982C94C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="38D3C2A4" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="38D3C2A4" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27151E36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="27151E36" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7034D368" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7034D368" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>5 – 10 to 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="359F3C29" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="359F3C29" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="45739A55" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="45739A55" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EDEEDF0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="2EDEEDF0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="395ADA4B" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="395ADA4B" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6 – 13 to 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D753B5F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6D753B5F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="59C90270" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="59C90270" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF47B3A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7EF47B3A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="042863CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="042863CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>7 – 16 or more</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C89492D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="1C89492D" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="57F71C27" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="57F71C27" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6F5A48" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="0F6F5A48" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Audit3 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE73C98" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3DE73C98" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – Never</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B0C7526" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6B0C7526" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="18E2CA32" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="18E2CA32" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFFECFE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3DFFECFE" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E33AA89" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="1E33AA89" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – Less than monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F221094" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="3F221094" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="5CAF1A30" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="5CAF1A30" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F739E21" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4F739E21" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21863A26" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="21863A26" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35717555" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="35717555" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2B8D7718" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2B8D7718" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="448C9B3F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="448C9B3F" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612CAABC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="612CAABC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4 – Weekly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099EC8E4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="099EC8E4" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="1F234E37" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="1F234E37" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1EAA42" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6D1EAA42" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C769E50" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="4C769E50" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – Daily or almost daily </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA4321C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="7DA4321C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="2436F8BD" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="2436F8BD" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="287C5924" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="287C5924" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Audit9 – 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457486A8" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="457486A8" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>1 – No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="225EA6F0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="225EA6F0" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="30284E99" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="30284E99" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF1434C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6BF1434C" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21AFB63E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="21AFB63E" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2 – Yes, but not in the last 6 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CEF3745" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="6CEF3745" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6176" w:rsidRPr="002E4985" w14:paraId="4F48A35B" w14:textId="77777777" w:rsidTr="00967A06">
+      <w:tr w:rsidR="001A6176" w:rsidRPr="0029375A" w14:paraId="4F48A35B" w14:textId="77777777" w:rsidTr="006952E4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3010" w:type="dxa"/>
+            <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155C193A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="155C193A" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4640" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09409127" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="09409127" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3 – Yes, during the last 6 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0D38CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="002E4985" w:rsidRDefault="001A6176" w:rsidP="006952E4">
+          <w:p w14:paraId="0D0D38CC" w14:textId="77777777" w:rsidR="001A6176" w:rsidRPr="0029375A" w:rsidRDefault="001A6176" w:rsidP="006952E4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E4985">
+            <w:r w:rsidRPr="0029375A">
               <w:rPr>
-                <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FF35B5B" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3FF35B5B" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="009F280D" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2718EC7F" w14:textId="07BDCA0E" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ASK ALL</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001D0B95" w:rsidRPr="001D0B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0B95" w:rsidRPr="001D0B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02358C26" w14:textId="1D4D43C1" w:rsidR="00DD6597" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> How often do you have a drink containing alcohol?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382D105D" w14:textId="3C7813DA" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="382D105D" w14:textId="3C7813DA" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4E3045" w14:textId="5E13FEC2" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5B4E3045" w14:textId="5E13FEC2" w:rsidR="009C688C" w:rsidRPr="00F95E28" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619EB630" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="619EB630" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Never </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C0283B" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="20C0283B" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C14CE" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C14CE" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Monthly or less</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D41C47" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="06D41C47" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 to 4 times a month</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124D9627" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="124D9627" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 to 3 times a week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45861F26" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="45861F26" w14:textId="77777777" w:rsidR="00411860" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to 5 times a week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4565CB7F" w14:textId="269427F3" w:rsidR="00411860" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4565CB7F" w14:textId="269427F3" w:rsidR="00411860" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 or more times a week</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCD5E09" w14:textId="53B4B0A5" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1CCD5E09" w14:textId="53B4B0A5" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E99DC8" w14:textId="1C03A9D8" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="55E99DC8" w14:textId="1C03A9D8" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D3CA70B" w14:textId="77777777" w:rsidR="00CA1653" w:rsidRPr="002E4985" w:rsidRDefault="00CA1653" w:rsidP="00695307">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6D3CA70B" w14:textId="77777777" w:rsidR="00CA1653" w:rsidRPr="0029375A" w:rsidRDefault="00CA1653" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AE13E04" w14:textId="26EBC1F3" w:rsidR="003E6D30" w:rsidRPr="004142D5" w:rsidRDefault="00CA1653" w:rsidP="00695307">
-[...44 lines deleted...]
-          <w:strike/>
+    <w:p w14:paraId="4AE13E04" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="0029375A" w:rsidRDefault="00CA1653" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>[skip to audit9 if</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30B25" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> audit1</w:t>
       </w:r>
-      <w:r w:rsidRPr="004142D5">
-[...3 lines deleted...]
-          <w:strike/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>=0]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E150462" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="002E4985" w:rsidRDefault="003E6D30" w:rsidP="00695307">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3E150462" w14:textId="77777777" w:rsidR="003E6D30" w:rsidRPr="0029375A" w:rsidRDefault="003E6D30" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4755F0C7" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="0029375A" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL EXCEPT </w:t>
       </w:r>
-      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT audit1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4702DF94" w14:textId="539783D5" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4702DF94" w14:textId="539783D5" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">How many standard drinks containing alcohol do you have on a typical day </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">when </w:t>
       </w:r>
-      <w:r w:rsidR="00411860" w:rsidRPr="002E4985">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00411860" w:rsidRPr="0029375A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you </w:t>
+      </w:r>
+      <w:r w:rsidR="00411860" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>are drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394DEF3A" w14:textId="77777777" w:rsidR="00803666" w:rsidRPr="00E71172" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9D848A" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00F30B25" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6B9D848A" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="00F95E28" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: IF RESPONDENT </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SAYS</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘DON’T KNOW’ ENCOURAGE THEM TO GIVE BEST ESTIMATE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F28198" w14:textId="7A2BDB91" w:rsidR="009C688C" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="14F28198" w14:textId="7A2BDB91" w:rsidR="009C688C" w:rsidRPr="00E71172" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36626795" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="36626795" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782C7DEA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="782C7DEA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3 to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE78273" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5DE78273" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5 </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15846D24" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="15846D24" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145BBF1E" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="145BBF1E" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10 </w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to 12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBFAEDA" w14:textId="77777777" w:rsidR="005878E8" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1EBFAEDA" w14:textId="77777777" w:rsidR="005878E8" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13 to 15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA3A994" w14:textId="10569F02" w:rsidR="005878E8" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3AA3A994" w14:textId="10569F02" w:rsidR="005878E8" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005878E8" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005878E8" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16 or more</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D6F52C" w14:textId="56684728" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="47D6F52C" w14:textId="56684728" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C886903" w14:textId="22725AB2" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1C886903" w14:textId="22725AB2" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>8. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661ED4CF" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="661ED4CF" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7974EB87" w14:textId="64668072" w:rsidR="009C688C" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK ALL EXCEPT </w:t>
       </w:r>
-      <w:r w:rsidR="00CA1653" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00CA1653" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT audit1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="157C9B13" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="157C9B13" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00F95E28" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>audit3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F17D3D" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F17D3D" w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ow often do you have six or more </w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">standard </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F95E28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>drinks on one occasion?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6855D349" w14:textId="13AABDD8" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6855D349" w14:textId="13AABDD8" w:rsidR="00546B3C" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFF7698" w14:textId="54DA2851" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="30DEBCD8" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00F95E28" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BFF7698" w14:textId="54DA2851" w:rsidR="00BB1FA4" w:rsidRPr="00E71172" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4275940A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4275940A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009C688C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009C688C" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Never</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BD0FFC" w14:textId="77777777" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="33BD0FFC" w14:textId="77777777" w:rsidR="00BB1FA4" w:rsidRPr="00E71172" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="008C14CE" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="008C14CE" w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Less than monthly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="771B13E8" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="771B13E8" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00E71172" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2 Monthly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D7918E" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="64D7918E" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00E71172" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3 Weekly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF7F28A" w14:textId="45E8288D" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="3CF7F28A" w14:textId="45E8288D" w:rsidR="008C14CE" w:rsidRPr="00E71172" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214AFC11" w14:textId="3297E9D8" w:rsidR="009F280D" w:rsidRPr="00E71172" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B4D5FE" w14:textId="6E7204A6" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E71172">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76687B31" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="0029375A" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F207EF0" w14:textId="77777777" w:rsidR="005878E8" w:rsidRDefault="005878E8" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09FC6996" w14:textId="77777777" w:rsidR="00EC4523" w:rsidRPr="0029375A" w:rsidRDefault="00EC4523" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB278C1" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00AF4959" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF4959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">[Skip to audit9 if audit2 and audit3 are both </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="00AF4959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF4959">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CF6D77" w14:textId="77777777" w:rsidR="00BB1FA4" w:rsidRPr="0029375A" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51A730B1" w14:textId="77777777" w:rsidR="00341C89" w:rsidRPr="0029375A" w:rsidRDefault="00341C89" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1603D490" w14:textId="0DB208F9" w:rsidR="005878E8" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL EXCEPT THOSE </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1653" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFE5F1F" w14:textId="272942E7" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>last 6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00585F16" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you found that you were not able to stop drinking once you had started?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F84F49" w14:textId="2FB5C4AB" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5893F4B0" w14:textId="5A3935E9" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F1EE844" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC15ADD" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C781D0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCBE4E0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781836D2" w14:textId="580FBFB7" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t xml:space="preserve">4 Daily or almost daily </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214AFC11" w14:textId="3297E9D8" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="378FEB32" w14:textId="5CE38CE3" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B4D5FE" w14:textId="6E7204A6" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="273EB369" w14:textId="4144AFEE" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76687B31" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6F3AA319" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D167EDF" w14:textId="360F7188" w:rsidR="00A01700" w:rsidRPr="00EC4523" w:rsidRDefault="00A01700" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="630E1C15" w14:textId="3F3C4CBE" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1653" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F584133" w14:textId="09833DAF" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00585F16" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you failed to do what was normally expected from you because of drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE21CCC" w14:textId="11758914" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CA06C2" w14:textId="7C41BB0E" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C723A62" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5536AFBF" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E010CAD" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79501DF7" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119A73C3" w14:textId="64CBB914" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605AA7E5" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E7F44E" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7688275A" w14:textId="2D940E55" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06327289" w14:textId="202ED15B" w:rsidR="00C15972" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[GOR=10,11] </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC13A3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6366DA2D" w14:textId="2D9D46A6" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you needed a first drink in the morning to get yourself going after a heavy drinking session?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AC22C1" w14:textId="75DC0F85" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BCCEAC7" w14:textId="22C24C03" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F57CCD9" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665AAB13" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F61D6B0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2775EF29" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7264CDD6" w14:textId="27896484" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3E30DA" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE516E6" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6741C6" w14:textId="39956D22" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16BBF8B0" w14:textId="26ECEB1E" w:rsidR="00C15972" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC13A3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
       </w:r>
-      <w:r w:rsidR="00C15972" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>IN SCOTLAND AND WALES ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFE5F1F" w14:textId="272942E7" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...40 lines deleted...]
-          <w:strike/>
+    <w:p w14:paraId="15CAEA50" w14:textId="270010C4" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 months </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you had a feeling of guilt or remorse after drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488FEC32" w14:textId="0C2632FB" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248BCBA4" w14:textId="0FEB6C0C" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22101E7C" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0. Never</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6E2E99" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1 Less than monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FE7C39" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2 Monthly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF06BF9" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3 Weekly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6B246B" w14:textId="52FBC403" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 Daily or almost daily </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED897AA" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="463F22E8" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32650553" w14:textId="53488AEA" w:rsidR="00341C89" w:rsidRPr="00EC4523" w:rsidRDefault="00341C89" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6889FC91" w14:textId="77777777" w:rsidR="00341C89" w:rsidRPr="00EC4523" w:rsidRDefault="00341C89" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F833BC7" w14:textId="20A6FD3F" w:rsidR="00C15972" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA49D0" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[GOR=10,11] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCEPT THOSE ANSWERING CODE </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC13A3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AT audit2 AND audit3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C10E9C" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IN SCOTLAND AND WALES ONLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160754B2" w14:textId="21061923" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How often during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 months </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>have you been unable to remember what happened the night before because you had been drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FF1D4C" w14:textId="7E00E4E7" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5893F4B0" w14:textId="5A3935E9" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3249003D" w14:textId="0EBD79C5" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1EE844" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="359AFA41" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>0. Never</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC15ADD" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="157F5E24" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1 Less than monthly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C781D0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="524B4C57" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2 Monthly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BCBE4E0" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2DBC8777" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3 Weekly</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781836D2" w14:textId="580FBFB7" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="72F01C25" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4 Daily or almost daily</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00749FE5" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273EB369" w14:textId="4144AFEE" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="009F280D">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1526CFC3" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3AA319" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="002E4985" w:rsidRDefault="009F280D" w:rsidP="00695307">
-[...95 lines deleted...]
-          <w:color w:val="1F497D" w:themeColor="text2"/>
+    <w:p w14:paraId="76AFA088" w14:textId="717C7492" w:rsidR="008C14CE" w:rsidRPr="00EC4523" w:rsidRDefault="008C14CE" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C10E9C" w:rsidRPr="002E4985">
-[...42 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="780B8A67" w14:textId="77777777" w:rsidR="00BD1DC7" w:rsidRPr="00EC4523" w:rsidRDefault="00BD1DC7" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0897E89B" w14:textId="3653FBD6" w:rsidR="00C15972" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IN SCOTLAND AND WALES ONLY [GOR=10,11]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204AF67A" w14:textId="242B5D3C" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Have you or someone else</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ever</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been injured </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> drinking?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA48CA2" w14:textId="3CDF235B" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IF NECESSARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DE713F" w14:textId="37985FF4" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAB704D" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220021E6" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, but not in the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6 months</w:t>
       </w:r>
-      <w:r w:rsidR="00585F16" w:rsidRPr="002E4985">
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="7A214BEB" w14:textId="7D52583F" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D970062" w14:textId="1C15EF83" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F6767C" w14:textId="07C55D35" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B105B9A" w14:textId="77777777" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2592E65E" w14:textId="77777777" w:rsidR="00C15972" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00C15972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="00C15972" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IN SCOTLAND AND WALES ONLY [GOR=10,11]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102304DC" w14:textId="0F9C7D64" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A7E34C1" w14:textId="6213AE45" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>audit10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Has a relative or friend or a doctor or another health worker </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1FA4" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ever </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>been concerned about your drinking or suggested you cut down?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28117B5D" w14:textId="06347C42" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CA06C2" w14:textId="7C41BB0E" w:rsidR="00BB1FA4" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="46BA98DE" w14:textId="621E93A5" w:rsidR="00BB1FA4" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C723A62" w14:textId="77777777" w:rsidR="008C14CE" w:rsidRPr="002E4985" w:rsidRDefault="008C14CE" w:rsidP="00695307">
-[...281 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7F8764CC" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0832D262" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, but not in the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6 months</w:t>
       </w:r>
-      <w:r w:rsidR="00BB1FA4" w:rsidRPr="002E4985">
-[...184 lines deleted...]
-          <w:strike/>
+    </w:p>
+    <w:p w14:paraId="20BDBF36" w14:textId="4C31A567" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BB1FA4" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes, during the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00185882" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6C02BC" w14:textId="084B4A8E" w:rsidR="009F280D" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="009F280D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F703E0" w14:textId="77777777" w:rsidR="00073E05" w:rsidRPr="00EC4523" w:rsidRDefault="009F280D" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4. Refused (DO NOT READ OUT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B217F2" w14:textId="5DF9820F" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="002D6448">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15AF08AC" w14:textId="64C84901" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5. Don’t know (DO NOT READ OUT)</w:t>
-[...845 lines deleted...]
-        <w:t xml:space="preserve"> been injured </w:t>
+        <w:t>ASK IF CODES 2-6 AT audit1</w:t>
+      </w:r>
+      <w:r w:rsidR="00507C68" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APRIL ONLY NOT TO BE ASKED </w:t>
+      </w:r>
+      <w:r w:rsidR="00321563" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>AFTER</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6268D" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APRIL</w:t>
+      </w:r>
+      <w:r w:rsidR="00321563" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EC62C8" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TA47_04. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>As you may be aware, some drinks contain more alcohol than others. The amount of alcohol in a drink is measured in units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65968A9D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B50A1E5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Before today, have you ever heard of there being a recommended maximum number of alcohol </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...6 lines deleted...]
-        <w:t>as a result of</w:t>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>units</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...679 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> people should drink in a day or a week? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5FA782" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3F5FA782" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A9ED7C" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>This is sometimes known as a ‘drinking guideline’.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39087DEC" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="39087DEC" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15D39257" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SINGLE CODE, ALLOW DK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A1D1A5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="70A1D1A5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1. Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF49012" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="0AF49012" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6347B005" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6347B005" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Don’t </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>know</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ASK</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF CODES 1 AT TA47_04. DO NOT ASK IF “OTHER” AT GENDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50389378" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="50389378" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">TA47_05x1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Can you tell me how many units per day or per week that drinking guideline is for </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF GENDER IS FEMALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>women</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF GENDER IS MALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>men</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257E52C3" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="257E52C3" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A39D974" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">INTERVIEWER: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Please allow respondent to choose how they would prefer to answer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18583672" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="18583672" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2D7E45" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SINGLE CODE, FORWARD AND REVERSE CODES 1 &amp; 2, ALLOW DK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B51E226" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6B51E226" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Per week </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5DB7C7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3F5DB7C7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. Per day</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09601D65" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="09601D65" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3. Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C7DC4BC" w14:textId="77777777" w:rsidR="00BD1DC7" w:rsidRPr="002E4985" w:rsidRDefault="00BD1DC7" w:rsidP="00025152">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="475465D6" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7DC4BC" w14:textId="77777777" w:rsidR="00BD1DC7" w:rsidRPr="00EC4523" w:rsidRDefault="00BD1DC7" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BD39AC9" w14:textId="2316606C" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ASK IF CODES 1 OR 2 AT TA47_05x1. DO NOT ASK IF “OTHER” AT GENDER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE5D4E7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4FE5D4E7" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">TA47_05x2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Can you tell me how many units </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF CODE 1 AT TA47_05x1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>INSERT:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> day</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF CODE 2 AT TA47_05x2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>INSERT:</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> week</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> that drinking guideline is for </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF GENDER IS FEMALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>women</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF GENDER IS MALE INSERT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>men</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F25917D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="3F25917D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4B2DA5" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>NUMERIC, ALLOW RANGE 1-99, ALLOW DK &amp; REF</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF11131" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="002E4985" w:rsidRDefault="00025152" w:rsidP="00025152">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2222E67D" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF11131" w14:textId="77777777" w:rsidR="00025152" w:rsidRPr="00EC4523" w:rsidRDefault="00025152" w:rsidP="00025152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">NEXT TO NUMERIC BOX INSERT TEXT: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">units </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">[IF CODE 1 AT TA47_05x1: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per week</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">; IF CODE 2 AT TA47_05x2: </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>per day</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B72C44" w14:textId="55DC6DB6" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="000152D4">
-[...60 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="19B72C44" w14:textId="55DC6DB6" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="000152D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72726D63" w14:textId="77777777" w:rsidR="000152D4" w:rsidRPr="00EC4523" w:rsidRDefault="000152D4" w:rsidP="000152D4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F22B914" w14:textId="7576A9B7" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk136509668"/>
-[...66 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IF CODES 2-6 AT AUDIT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2CC6" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk136509668"/>
+      <w:r w:rsidR="008B2CC6" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>score</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008B2CC6" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6223027D" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alccd1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> Are you currently trying to restrict your alcohol consumption e.g. by </w:t>
       </w:r>
-      <w:r w:rsidR="00BC276D" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00BC276D" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">drinking less, </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...23 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>choosing lower strength alcohol or using smaller glasse</w:t>
+      </w:r>
+      <w:r w:rsidR="00585F16" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="003A6DD6" w:rsidRPr="002E4985">
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...16 lines deleted...]
-          <w:sz w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="74236786" w14:textId="21B71B12" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">SP, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D477206" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0D477206" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(0) No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08EE0ADA" w14:textId="04169F5D" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="08EE0ADA" w14:textId="04169F5D" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>(1) Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EC76AB" w14:textId="6A17B1C0" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="72EC76AB" w14:textId="6A17B1C0" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A0AEFE3" w14:textId="730AADFD" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2A0AEFE3" w14:textId="730AADFD" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F23094A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...8 lines deleted...]
-    <w:p w14:paraId="057BD0C4" w14:textId="77777777" w:rsidR="002A6B02" w:rsidRPr="00EC10C6" w:rsidRDefault="002A6B02" w:rsidP="002A6B02">
+    <w:p w14:paraId="2F23094A" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057BD0C4" w14:textId="77777777" w:rsidR="002A6B02" w:rsidRPr="00EC4523" w:rsidRDefault="002A6B02" w:rsidP="002A6B02">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
-          <w:strike/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Arial"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D268B59" w14:textId="4DFE53A8" w:rsidR="00F30B25" w:rsidRPr="00EC10C6" w:rsidRDefault="00F30B25" w:rsidP="00BD1DC7">
+    <w:p w14:paraId="1D268B59" w14:textId="4E4CE2C7" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00BD1DC7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:highlight w:val="green"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="00EC10C6">
-[...57 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>if score ≥ 5 on audit1,2 &amp; 3 or ≥ 8 on audit 1-10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABCA355" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00BD1DC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Alcbi2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="3"/>
-[...26 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00BC276D" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the last </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6AC0" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>12 months</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC276D" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, has a doctor or other health worker within your GP surgery discussed your drinking? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D2D117" w14:textId="7BC1B027" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Please select all that apply.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508FC213" w14:textId="26CB16B0" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>PROBE FULLY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FAC37B1" w14:textId="413BBDA6" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="008A06C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MULTICODE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE1876C" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. No </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>[SP]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33151978" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3. Yes, a doctor or other health worker within my GP surgery asked about my drinking</w:t>
+      </w:r>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC276D" w:rsidRPr="002E4985">
-[...49 lines deleted...]
-          <w:sz w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="4B7EE543" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>4. Yes, a doctor or other health worker within my GP surgery offered advice about cutting down on my drinking</w:t>
+      </w:r>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2E1EEB" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>5. Yes, a doctor or other health worker within my GP surgery offered help or support within the surgery to help me cut down</w:t>
+      </w:r>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A650692" w14:textId="37C66385" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00BC276D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6. Yes, a doctor or other health worker within my GP surgery referred me to an alcohol service or advised me to seek specialist help.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E4B0B2" w14:textId="78EF9CE0" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>7. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6223E1" w14:textId="42464E31" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>8. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B9E9C8" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774A4FDB" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E67938" w14:textId="38393E5D" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK ALL CODE 1 (No) AT ALCBI.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC55E0B" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alcbi2a. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You said a doctor or other health worker within your GP surgery has not discussed your drinking </w:t>
+      </w:r>
+      <w:r w:rsidR="00390B2E" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the last 12 months. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DBE91C" w14:textId="12511E59" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Please could you confirm which of the following statements applies to you:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E137389" w14:textId="4FCE9275" w:rsidR="00803666" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FAC37B1" w14:textId="413BBDA6" w:rsidR="00BC276D" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="008A06C1">
-[...65 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="468A918A" w14:textId="3141EFF9" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SINGLECODE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7EE543" w14:textId="77777777" w:rsidR="00BC276D" w:rsidRPr="002E4985" w:rsidRDefault="00BC276D" w:rsidP="00695307">
-[...295 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="4CFE4814" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52200526" w14:textId="77777777" w:rsidR="0039787E" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1. I have not seen a doctor or health worker within my GP surgery</w:t>
       </w:r>
-      <w:r w:rsidR="00390B2E" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00390B2E" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> in last 12 months</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31727380" w14:textId="5A8D6542" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="0039787E" w:rsidP="0039787E">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="31727380" w14:textId="5A8D6542" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="0039787E" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">2. I have seen a doctor or health worker within my GP surgery </w:t>
       </w:r>
-      <w:r w:rsidR="00390B2E" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00390B2E" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">in the last 12 months </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">but did </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> discuss my drinking.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC5B02C" w14:textId="0E5DAA30" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...12 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="7D727734" w14:textId="0096FF6A" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="0039787E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...72 lines deleted...]
-          <w:sz w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="0EC5B02C" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15544E97" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30B25" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ask following questions </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk127962781"/>
+      <w:r w:rsidR="00F30B25" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>f score ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, else finish]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA0253A" w14:textId="13F32EFB" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AAFBF71" w14:textId="77777777" w:rsidR="004A4AFB" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK </w:t>
+      </w:r>
+      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>IF CODES 2-6 AT AUDIT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1  score</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00052D84" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A24C201" w14:textId="4559A22F" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Alcmotiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Which of the following best describes you?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EAA1CE" w14:textId="0B5B7CA3" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>READ OUT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3398B3" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1975D9EE" w14:textId="287E5606" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SP</w:t>
+      </w:r>
+      <w:r w:rsidR="009B53DE" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, FORWARD AND REVERSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59363D33" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10D6C125" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(7) I REALLY want to cut down on drinking alcohol and intend to in the next month</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19BC6656" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(6) I REALLY want to cut down on drinking alcohol and intend to in the next 3 months</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BAEA610" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(5) I want to cut down on drinking alcohol and hope to soon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2625B631" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(4) I REALLY want to cut down on drinking </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>alcohol</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but I don't know when I will</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCB2B61" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(3) I want to cut down on drinking alcohol but haven't thought about when</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004BD6D9" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(2) I think I should cut down on drinking alcohol but don't really want to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787DF58E" w14:textId="4FC923A0" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(1) I don't want to cut down on drinking alcohol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7268839E" w14:textId="6B1A1706" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>8. Don’t know (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F2219C" w14:textId="0B95E922" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>9. Refused (DO NOT READ OUT)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792B2FA8" w14:textId="0607DBBF" w:rsidR="00A01700" w:rsidRPr="00EC4523" w:rsidRDefault="00A01700" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10453553" w14:textId="77777777" w:rsidR="004A4AFB" w:rsidRPr="00EC4523" w:rsidRDefault="004A4AFB" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173E0E2E" w14:textId="77777777" w:rsidR="004A4AFB" w:rsidRPr="00EC4523" w:rsidRDefault="004A4AFB" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39AA1F32" w14:textId="4A1B5FFB" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="00052D84" w:rsidRPr="002E4985">
-[...64 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7B8FD7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...5 lines deleted...]
-        <w:t>Alcmotiv</w:t>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Alcexp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...18 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> On average about how much per week do you think you spend on alcohol</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for your own consumption</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7549FA4D" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please only answer this if you are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>fairly confident</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that you know.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32145BF4" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTERVIEWER: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>NECESSARY</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SAY: Please give your answer to the nearest pound, we do not need an exact figure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52185C68" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="00EC4523" w:rsidRDefault="00EA1A4D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B9DE78A" w14:textId="097C5561" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(DP: ALLOW NUMERIC RANGE </w:t>
+      </w:r>
+      <w:r w:rsidR="00A276CA" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>-500, DK)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C83FDF" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E736D39" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="00EC4523" w:rsidRDefault="00546B3C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB3C1C8" w14:textId="1FEB60EF" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1DFEC9" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alcexp2. On a typical week, how much of this do you spend buying alcohol to consume on premises away from your home, e.g. in pubs, clubs, bars or restaurants? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC4126D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTERVIEWER: If respondent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>says</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 'Don't know', encourage them to give their best estimate. You will not be able to type in a number larger than the previous question.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1003BC4A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5B0A71" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IF </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>NECESSARY</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SAY: Please give your answer to the nearest pound, we do not need an exact figure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AC8DA9" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C34292" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(DP: ALLOW NUMERIC RANGE 1-500, DK – PLEASE HIDE DK WORDING)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ADE3AD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F96131E" w14:textId="77777777" w:rsidR="00BD1DC7" w:rsidRPr="00EC4523" w:rsidRDefault="00BD1DC7" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38DA783E" w14:textId="32F156A7" w:rsidR="008B2CC6" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK </w:t>
+      </w:r>
+      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14913A08" w14:textId="550EEE58" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>AlcASH1. In the last 6 months, have you bought any alcohol for your consumption from any of the following?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226BFA42" w14:textId="550431B2" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(DP: MULTI CODE, ALLOW DK)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF36F4E" w14:textId="6E485FD0" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3398B3" w14:textId="77777777" w:rsidR="00546B3C" w:rsidRPr="002E4985" w:rsidRDefault="00546B3C" w:rsidP="00695307">
-[...719 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="236C760B" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12F94317" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>INTERVIEWER: PLEASE CODE ALL THAT APPLY PROBE FULLY: Which others?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1EADAD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...20 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="6A1EADAD" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35F9AE86" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Newsagent\Off licence\Corner shop</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A91B01" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="46A91B01" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Petrol shop\Garage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607DC469" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="607DC469" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Supermarket</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E4E22F" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="53E4E22F" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Cash and Carry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC61073" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0EC61073" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Online\Internet\Apps (home delivery)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F71CA6A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="5F71CA6A" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pubs, bars, restaurants and nightclubs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6F3F04" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2B6F3F04" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>People who sell cheaply on the street\car parks etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D1559E" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="65D1559E" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>People in the local area who are a ready supply of cheap alcohol</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ACE6E15" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2ACE6E15" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Buy cheaply from friends</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C61F3BF" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="4C61F3BF" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Buy from abroad and bring them back with me</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D0B13D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="64D0B13D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Buy from England\Scotland or Wales [delete one as appropriate]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352C5C9C" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="352C5C9C" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Newsagent\Off license\Corner shop\Pub - ''under the counter''</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E99249" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="01E99249" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Homebrewed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789DA42D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="789DA42D" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other (please specify)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B05240" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00F80984">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="52B05240" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00F80984">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Have not bought any in the last 6 months (DP: SINGLE CODE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C34751" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="002E4985" w:rsidRDefault="00F80984" w:rsidP="00695307">
-[...25 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="3D9F3F96" w14:textId="77777777" w:rsidR="00F80984" w:rsidRPr="00EC4523" w:rsidRDefault="00F80984" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E7FB05B" w14:textId="77777777" w:rsidR="004A4AFB" w:rsidRPr="00EC4523" w:rsidRDefault="004A4AFB" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="313A9CA5" w14:textId="7719A945" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="002D6448" w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="002D6448" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>if score ≥ 5 on audit1,2 &amp; 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30983BE3" w14:textId="6DF9A333" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="30983BE3" w14:textId="6DF9A333" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcurges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ow strong</w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> have </w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>you felt the urge</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> to drink alcohol </w:t>
       </w:r>
-      <w:r w:rsidR="006132A1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="006132A1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>in the past 24 hours</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41EB2D07" w14:textId="0AAD937D" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="41EB2D07" w14:textId="0AAD937D" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>READ OUT</w:t>
       </w:r>
-      <w:r w:rsidR="00803666" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00803666" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3E340D" w14:textId="40D360A5" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="5B3E340D" w14:textId="40D360A5" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">(DP: SINGLE CODE, </w:t>
       </w:r>
-      <w:r w:rsidR="009B53DE" w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="009B53DE" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>FORWARD AND REVERSE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5FC696" w14:textId="77777777" w:rsidR="006132A1" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="7C5FC696" w14:textId="77777777" w:rsidR="006132A1" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>0.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Not at all</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01526FF7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="01526FF7" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Slight</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529E19CA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="529E19CA" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Moderate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16504A08" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="16504A08" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Strong</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2134C636" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2134C636" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Very strong</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A4CD07" w14:textId="2B904B22" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="006132A1" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="00A4CD07" w14:textId="2B904B22" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="006132A1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Extremely strong</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599F0FD9" w14:textId="3165489B" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="599F0FD9" w14:textId="3165489B" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159F37CE" w14:textId="62EE3A57" w:rsidR="007B1D92" w:rsidRPr="002E4985" w:rsidRDefault="007B1D92" w:rsidP="00695307">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="159F37CE" w14:textId="62EE3A57" w:rsidR="007B1D92" w:rsidRPr="00EC4523" w:rsidRDefault="007B1D92" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>7. Refused (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5A3CFD" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00DD6597" w:rsidP="00695307">
-[...25 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="4D5A3CFD" w14:textId="77777777" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C65369" w14:textId="77777777" w:rsidR="009D3BC6" w:rsidRPr="00EC4523" w:rsidRDefault="007070CC" w:rsidP="009D3BC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">ASK </w:t>
       </w:r>
-      <w:r w:rsidR="009D3BC6" w:rsidRPr="00822491">
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="009D3BC6" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>IF CODES 2-6 AT AUDIT</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="009D3BC6" w:rsidRPr="00822491">
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="009D3BC6" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1  score</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="009D3BC6" w:rsidRPr="00822491">
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="009D3BC6" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≥ 5 on audit1,2&amp;3 (or if score ≥ 8 on audit1-10)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2913CE0C" w14:textId="77777777" w:rsidR="00EC4AFF" w:rsidRPr="002E4985" w:rsidRDefault="00EC4AFF" w:rsidP="00EC4AFF">
-[...44 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="411FA7A8" w14:textId="4B7AC91F" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="009D3BC6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Alcatt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>How many attempts to restrict</w:t>
+      </w:r>
+      <w:r w:rsidR="00072C2B" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your alcohol consumption have you made in the last 12 months (e.g. by drinking less, choosing lower strength alcohol or using smaller glasses)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766FBE9B" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F033B3" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please include all attempts you have made in the last 12 months, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00072C2B" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they were </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">successful, </w:t>
+      </w:r>
+      <w:r w:rsidR="00072C2B" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any attempt that you are currently making.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FC2961" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C44437C" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTERVIEWER: IF RESPONDENT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SAYS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘DON’T KNOW’ ENCOURAGE THEM TO GIVE BEST ESTIMATE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DDD28D" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55E33148" w14:textId="093199FE" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ALLOW REF, DK</w:t>
+      </w:r>
+      <w:r w:rsidR="007372F1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E66AA1" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="003E6D30" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>(DP: INSERT NUMERIC</w:t>
+      </w:r>
+      <w:r w:rsidR="00546B3C" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91868" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00931AC3" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>-99)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D95634D" w14:textId="77777777" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE5A585" w14:textId="77777777" w:rsidR="00F30B25" w:rsidRPr="00EC4523" w:rsidRDefault="00F30B25" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0B9E07" w14:textId="2724F385" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>NEW SCREEN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224BF58E" w14:textId="269C8684" w:rsidR="00631D60" w:rsidRPr="00EC4523" w:rsidRDefault="00631D60" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[IF ‘0’ at </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND Yes at Alccd1 show additionally: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>You earlier mentioned that you are currently trying to restrict your alcohol consumption.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BA7405" w14:textId="73731D82" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="00DD6597" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>The next few ques</w:t>
+      </w:r>
+      <w:r w:rsidR="00736BEB" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>tions relate to the most recent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attempt to</w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>restrict</w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your alcohol consumption</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>in the last 12 months. Please include any attempt you are currently making …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0701B8DD" w14:textId="77777777" w:rsidR="00EA1A4D" w:rsidRPr="00EC4523" w:rsidRDefault="00EA1A4D" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="681DAFFA" w14:textId="19623230" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="001B0DD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL CODING 1-99 OR DK AT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Alcatt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="005A5501" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR YES AT Alccd1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F504C7" w14:textId="3EE4439B" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Alcatt2.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6FF5" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
-[...424 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00736BEB" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>During your most recent</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6FF5" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attempt</w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...142 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="009D6FF5" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>was it a serious attempt to cut down on your drinking permanently?</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00AC5CCE" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C522E8" w14:textId="6A40BE33" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="001B0DD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">SP </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4D2C4C" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
+    <w:p w14:paraId="2CD8E53D" w14:textId="77777777" w:rsidR="001B0DD0" w:rsidRPr="00EC4523" w:rsidRDefault="001B0DD0" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A4D2C4C" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA92A2B" w14:textId="642B68CB" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
+    <w:p w14:paraId="0DA92A2B" w14:textId="642B68CB" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70601021" w14:textId="2766CB61" w:rsidR="00274088" w:rsidRPr="002E4985" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
+    <w:p w14:paraId="70601021" w14:textId="2766CB61" w:rsidR="00274088" w:rsidRPr="00EC4523" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D950109" w14:textId="0CAF41F6" w:rsidR="00274088" w:rsidRPr="002E4985" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
+    <w:p w14:paraId="2D950109" w14:textId="0CAF41F6" w:rsidR="00274088" w:rsidRPr="00EC4523" w:rsidRDefault="00274088" w:rsidP="001B0DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Refused</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454DDB4F" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="002E4985" w:rsidRDefault="008A06C1" w:rsidP="00695307">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">ALL CODING 1-99 OR DK AT </w:t>
+    <w:p w14:paraId="454DDB4F" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56E347A1" w14:textId="77777777" w:rsidR="008A06C1" w:rsidRPr="00EC4523" w:rsidRDefault="008A06C1" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414CD008" w14:textId="75A3651A" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL CODING 1-99 OR DK AT </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005A5501" w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="005A5501" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR YES AT Alccd1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD598B3" w14:textId="429D7FCE" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00EC4AFF">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="3AD598B3" w14:textId="3A823629" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcaid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> Which, if any, of the following did you </w:t>
       </w:r>
-      <w:r w:rsidR="00F76052" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00F76052" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">use to </w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>try to help you</w:t>
+      </w:r>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00934E01" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the most recent attempt?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64337AA7" w14:textId="0EB2EA11" w:rsidR="00803666" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00803666">
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="64337AA7" w14:textId="0EB2EA11" w:rsidR="00803666" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4FE40B" w14:textId="4E8506A5" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2F4FE40B" w14:textId="4E8506A5" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>MP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B1AA0B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="71B1AA0B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>110.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any medicines (e.g., acamprosate (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Campral</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">), disulfiram (Antabuse), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>nalmefene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Selincro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D5511F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="47D5511F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>111.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attended one or more one-to-one or group counselling\advice\support sessions for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D95E61B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="5D95E61B" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">112. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attended a specialist alcohol clinic or centre for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA97D76" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="5AA97D76" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>113.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Consulted a community pharmacist for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333F0809" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="333F0809" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>114.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Phoned a helpline for help with drinking (e.g. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>DrinkLine</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142417E4" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="142417E4" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>115.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>An alcohol self-help book or booklet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B53868" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="47B53868" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>116.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Visited a website for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E41B890" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0E41B890" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>117.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Used an alcohol application ('app') on a handheld computer (smartphone, tablet, PDA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A522A6F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0A522A6F" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>118.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Hypnotherapy for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3287B2" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0D3287B2" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>119.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Acupuncture for help with drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2543DF0F" w14:textId="77777777" w:rsidR="00F239E7" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="668C60F3" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">123.    </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Low-alcohol</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>/Alcohol-free drinks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A1FF03" w14:textId="73BFEF15" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="32702757" w14:textId="1AE09F91" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>124</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Semaglutide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., Ozempic or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Wegovy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Liraglutide or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Tirzepatide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Mounjaro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) - </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>new weight loss medications also used for the treatment of type 2 diabetes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A1FF03" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>120.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other (please specify)</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C0D7BA" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="48C0D7BA" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>121. None of these (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2920D8E8" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="002E4985" w:rsidRDefault="007050EF" w:rsidP="007050EF">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="2920D8E8" w14:textId="77777777" w:rsidR="007050EF" w:rsidRPr="00EC4523" w:rsidRDefault="007050EF" w:rsidP="007050EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>122. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DFB356A" w14:textId="77777777" w:rsidR="00967A06" w:rsidRDefault="00967A06" w:rsidP="00695307">
-[...103 lines deleted...]
-        <w:t xml:space="preserve">CODING 1-99 OR DK AT </w:t>
+    <w:p w14:paraId="01404DF0" w14:textId="77777777" w:rsidR="00887925" w:rsidRPr="00EC4523" w:rsidRDefault="00887925" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67BF9B95" w14:textId="47FF706F" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASK ALL CODING 1-99 OR DK AT </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00931AC3" w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="005A5501" w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="005A5501" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> OR YES AT Alccd1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC08270" w14:textId="59946B09" w:rsidR="00DD6597" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="3CC08270" w14:textId="59946B09" w:rsidR="00DD6597" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcmot</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> Which of the following</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>, if any,</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> do you think contributed to you making the most recent attempt to </w:t>
       </w:r>
-      <w:r w:rsidR="00934E01" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00934E01" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>restrict</w:t>
       </w:r>
-      <w:r w:rsidR="008A06C1" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="008A06C1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> your alcohol consumption</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6597" w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00DD6597" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4EA487" w14:textId="35500B04" w:rsidR="00803666" w:rsidRPr="002E4985" w:rsidRDefault="00803666" w:rsidP="00803666">
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2A4EA487" w14:textId="35500B04" w:rsidR="00803666" w:rsidRPr="00EC4523" w:rsidRDefault="00803666" w:rsidP="00803666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>PROBE FULLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4058DE53" w14:textId="5924C546" w:rsidR="00931AC3" w:rsidRPr="002E4985" w:rsidRDefault="00931AC3" w:rsidP="00695307">
-[...14 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="4058DE53" w14:textId="5924C546" w:rsidR="00931AC3" w:rsidRPr="00EC4523" w:rsidRDefault="00931AC3" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>MP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="410B82F2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="410B82F2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>110.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Advice from a doctor\health worker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71AB5594" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="71AB5594" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>111.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Government TV\radio\press advert</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FEFC89" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="54FEFC89" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>112.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>A decision that drinking was too expensive</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552AF1A7" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="552AF1A7" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>113.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>I knew someone else who was cutting down</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B85845C" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="6B85845C" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>114.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Health problems I had at the time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C339E73" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="7C339E73" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>115.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>A concern about future health problems</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6352AAAB" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="6352AAAB" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>116.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Something said by family\friends\children</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="756A5CED" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="756A5CED" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>117.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>A significant birthday or event</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7BE524" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0C7BE524" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>118.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Improve my fitness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08123F11" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="08123F11" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>119.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Help with weight loss</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F0A305D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="3F0A305D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>120.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Detox</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EE3AAD" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="04EE3AAD" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>122.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>To give up alcohol for a month (e.g., taking part in Dry January)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B6806B2" w14:textId="03CA1B13" w:rsidR="009B5AF1" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="009B5AF1">
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="424DBEFD" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>125</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>The coronavirus outbreak</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
-[...24 lines deleted...]
-          <w:highlight w:val="magenta"/>
+    </w:p>
+    <w:p w14:paraId="4B6806B2" w14:textId="77777777" w:rsidR="009B5AF1" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="009B5AF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">126 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC25EE">
-[...3 lines deleted...]
-          <w:highlight w:val="magenta"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00DC25EE" w:rsidRPr="00DC25EE">
-[...34 lines deleted...]
-          <w:highlight w:val="magenta"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Semaglutide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., Ozempic or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Wegovy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Liraglutide or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Tirzepatide</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Mounjaro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) - </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5AF1" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">To </w:t>
-[...146 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:t>new weight loss medications also used for the treatment of type 2 diabetes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E5BE91" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>121.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other (please specify)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CC817D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="60CC817D" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>123. None of these (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209076D2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="002E4985" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="209076D2" w14:textId="77777777" w:rsidR="00BC3A87" w:rsidRPr="00EC4523" w:rsidRDefault="00BC3A87" w:rsidP="00BC3A87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>124. Don’t know (DO NOT READ OUT)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3945AB6E" w14:textId="77777777" w:rsidR="003A6DD6" w:rsidRPr="002E4985" w:rsidRDefault="003A6DD6" w:rsidP="00BC3A87">
-[...29 lines deleted...]
-          <w:strike/>
+    <w:p w14:paraId="6EDA0247" w14:textId="77777777" w:rsidR="009C688C" w:rsidRPr="00EC4523" w:rsidRDefault="009C688C" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14CD3C44" w14:textId="208DC8FB" w:rsidR="006A5342" w:rsidRPr="00EC4523" w:rsidRDefault="006A5342" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB908CD" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+      <w:pPr>
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>NLA8 Which, if any, of the following applies to you? Please answer all that apply. Since my most recent restriction attempt…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28939C42" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="28939C42" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41DE4626" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="41DE4626" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">MULTICODE 3-6. RANDOMISE 3-6. 3 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>EXCLUSIVE</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> WITH 5, 4 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>EXCLUSIVE</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> WITH 6. ALLOW REF.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07360629" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="07360629" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I have completely stopped drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E970B04" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="3E970B04" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...6 lines deleted...]
-          <w:strike/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>I have not changed my drinking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438E742A" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="438E742A" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...6 lines deleted...]
-          <w:strike/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>I am drinking fewer alcoholic drinks than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0B55AF" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="4B0B55AF" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...6 lines deleted...]
-          <w:strike/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>I am drinking alcohol less often than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE30008" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="0CE30008" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...6 lines deleted...]
-          <w:strike/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>I am drinking more alcoholic drinks than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B84E421" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="7B84E421" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...6 lines deleted...]
-          <w:strike/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>I am drinking alcohol more often than before my attempt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3430D327" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="002E4985" w:rsidRDefault="00835638" w:rsidP="00835638">
+    <w:p w14:paraId="3430D327" w14:textId="77777777" w:rsidR="00835638" w:rsidRPr="00EC4523" w:rsidRDefault="00835638" w:rsidP="00835638">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
-[...6 lines deleted...]
-          <w:strike/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Don’t know</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42EE1432" w14:textId="77777777" w:rsidR="00316107" w:rsidRPr="002E4985" w:rsidRDefault="00316107" w:rsidP="00214B84">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+    <w:p w14:paraId="42EE1432" w14:textId="77777777" w:rsidR="00316107" w:rsidRPr="00EC4523" w:rsidRDefault="00316107" w:rsidP="00214B84">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19623269" w14:textId="396DC367" w:rsidR="00214B84" w:rsidRPr="00EC4523" w:rsidRDefault="00214B84" w:rsidP="00214B84">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+        <w:t>ASK ALL</w:t>
+      </w:r>
+      <w:r w:rsidR="00183202" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Arial"/>
+        <w:t xml:space="preserve"> IN </w:t>
+      </w:r>
+      <w:r w:rsidR="00737266" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> IN </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>GB</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BCB8F3C" w14:textId="172BA49A" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="0BCB8F3C" w14:textId="172BA49A" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ASK ALL ADULTS 16+ IN GB</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>OCTOBER ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B42AF4A" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="1B42AF4A" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="CatText"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I’m now going to read a list of policy suggestions relating to alcohol. For each one, please say to what extent you support or oppose each suggestion, or whether you have no opinion. So firstly….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311803C3" w14:textId="5DD0E62A" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="684B7017" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    </w:p>
+    <w:p w14:paraId="311803C3" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t xml:space="preserve">ASK ALL ADULTS 16+ IN GB </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>OCTOBER ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01552EC7" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="01552EC7" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">QAAP1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:strike/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
           <w:u w:color="000000"/>
         </w:rPr>
         <w:t>&lt;INSERT STATEMENT&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">IF </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>NECESSARY</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> SAY: To what extent do you support or oppose this policy suggestion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF04117" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="3BF04117" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>READ OUT IF NECESSARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFDDD10" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="0AFDDD10" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SINGLE CODE, RANDOMISE ORDER OF STATEMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD1590F" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="48165540" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BD1590F" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcohol should be sold at a minimum price of at least 50p per unit</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49526200" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="49526200" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>All products labels should feature health warnings designed by an independent health body</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788673C3" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="788673C3" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>The sale of alcohol in shops should be restricted to between 10am and 10pm (as already implemented in Scotland).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5913F0E8" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="5913F0E8" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>High strength drinks should be taxed at a higher rate than lower strength drinks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0DD1DD" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="6D0DD1DD" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Public health should be considered when licence applications are made for alcohol outlets. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46390678" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="46390678" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Stronger measures should be introduced to limit children and young people’s exposure to alcohol advertising (e.g., restrictions on advertising at sporting/cultural events, in public spaces and online).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B9F4C0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="14B9F4C0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>An independent body should be established to monitor alcohol promotion, including product and packaging design.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEF2458" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="3CEF2458" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Change the legal limit for blood alcohol concentration for drivers to 0mg/100 ml (i.e., zero tolerance for drink-driving).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D521F75" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="3D521F75" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>All health and social care professionals should be trained to routinely provide advice about alcohol to their service users.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128D9D07" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="128D9D07" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Everybody who needs support for alcohol problems should be able to access it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCDE0FF" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="5DCDE0FF" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Require the alcohol industry to publicly disclose business information relevant to its activities (such as sales data, details of lobbying and marketing).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3D6D1B" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="3E3D6D1B" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>All product labels should state ingredient and nutritional information.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558F6FD0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="558F6FD0" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Alcohol products should be less visible in supermarkets and shops (i.e., restrictions on how alcohol is displayed).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC15194" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="002E4985" w:rsidRDefault="005551B5" w:rsidP="005551B5">
+    <w:p w14:paraId="7AC15194" w14:textId="77777777" w:rsidR="005551B5" w:rsidRPr="00EC4523" w:rsidRDefault="005551B5" w:rsidP="005551B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>There should be no alcohol sponsorship of sports clubs, events or competitions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69AD45E7" w14:textId="77777777" w:rsidR="006A5342" w:rsidRPr="002E4985" w:rsidRDefault="006A5342" w:rsidP="00695307">
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="69AD45E7" w14:textId="77777777" w:rsidR="006A5342" w:rsidRPr="00EC4523" w:rsidRDefault="006A5342" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F809459" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>SCALE [FORWARD AND REVERSE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C817EA" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cs="Times New Roman"/>
+    <w:p w14:paraId="32C817EA" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>. Strongly support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="414A2FF8" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="414A2FF8" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>2. Tend to support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561F0D44" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="561F0D44" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>3. No opinion either way</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4985">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004CD12F" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="004CD12F" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4. Tend to oppose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E01A5A2" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="1E01A5A2" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>5. Strongly oppose</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="403BFC1D" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow"/>
+    <w:p w14:paraId="403BFC1D" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00CE08E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:strike/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:strike/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>6. Unsure / Don’t know [FIX]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B073B73" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="002E4985" w:rsidRDefault="00CE08E8" w:rsidP="00695307">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4B073B73" w14:textId="77777777" w:rsidR="00CE08E8" w:rsidRPr="00EC4523" w:rsidRDefault="00CE08E8" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63EF018E" w14:textId="1D60530B" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>ASK ALL IN GB (January, February, March ONLY)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631B7E80" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ARQ1. How well would you say you yourself are managing financially these days? Would you say you are... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D0CD24" w14:textId="1D5FDE53" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>SINGLE CODE</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3074" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FORWARD/REVERSE</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5424" w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:strike/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...52 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555AB358" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="555AB358" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>Living comfortably</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139F2BEF" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="139F2BEF" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Doing alright</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C65380E" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="5C65380E" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Just about getting by</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32244ED3" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="32244ED3" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Finding it quite difficult</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F0B10C" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00142AF5" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="35F0B10C" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Finding it very difficult</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC4DC45" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="002E4985" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+    <w:p w14:paraId="6DC4DC45" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Barlow" w:hAnsi="Barlow" w:cstheme="minorHAnsi"/>
-[...28 lines deleted...]
-          <w:b/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECB115D" w14:textId="77777777" w:rsidR="00F42BA0" w:rsidRPr="00EC4523" w:rsidRDefault="00F42BA0" w:rsidP="00F42BA0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743EAF91" w14:textId="77777777" w:rsidR="001C51E5" w:rsidRPr="00EC4523" w:rsidRDefault="001C51E5" w:rsidP="00695307">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002E4985">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00EC4523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:strike/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>notshowscreen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:sectPr w:rsidR="001C51E5" w:rsidRPr="002E4985">
-      <w:headerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="001C51E5" w:rsidRPr="00EC4523">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...187 lines deleted...]
-</w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="78CBDACE" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7C93ED4E" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -13179,156 +13576,136 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Barlow">
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5DAB3B20" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D9DC185" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1361CDAA" w14:textId="14F1EA3A" w:rsidR="00E71172" w:rsidRDefault="009318D2" w:rsidP="00243F80">
+  <w:p w14:paraId="1361CDAA" w14:textId="5F3C26EE" w:rsidR="00E71172" w:rsidRDefault="002B4BD5" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r w:rsidRPr="009318D2">
-[...15 lines deleted...]
-      <w:t>9</w:t>
+    <w:r w:rsidRPr="002B4BD5">
+      <w:t>25-061767</w:t>
     </w:r>
     <w:r>
+      <w:t>-02</w:t>
+    </w:r>
+    <w:r w:rsidR="009318D2">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="006B4A18">
-      <w:t>Dec</w:t>
+    <w:r w:rsidR="007C1E50">
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidR="00AB0877">
-[...5 lines deleted...]
-    <w:r w:rsidR="000A2AFC">
+    <w:r w:rsidR="007C1E50">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003A2140">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00E71172">
       <w:t>Module</w:t>
     </w:r>
-    <w:r w:rsidR="00825A7F">
-[...1 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="2A1BAA82" w14:textId="32B992BD" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
+  <w:p w14:paraId="2A1BAA82" w14:textId="0AB1B75A" w:rsidR="00E71172" w:rsidRDefault="00E71172" w:rsidP="00243F80">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00F530CB">
-      <w:t>5</w:t>
+    <w:r w:rsidR="001D0B95">
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Alcohol Toolkit</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>INTERNAL / CLIENT USE ONLY</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0268F61A" w14:textId="77777777" w:rsidR="00E71172" w:rsidRDefault="00E71172">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -14540,136 +14917,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6DA11151"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="741923DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38B014A6"/>
     <w:lvl w:ilvl="0" w:tplc="4B7C38A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -14714,51 +15005,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="775A0ED6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66D428C6"/>
     <w:lvl w:ilvl="0" w:tplc="03DC6A0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14804,51 +15095,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D68656A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BAC48520"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14960,653 +15251,521 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="223876995">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1655647705">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1059936161">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2101020503">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="956761919">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1437409951">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="948202095">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="735058145">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1375815251">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="97603900">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="880017957">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1893810408">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2095012605">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="2130973459">
-[...28 lines deleted...]
-  </w:num>
 </w:numbering>
-</file>
-[...6 lines deleted...]
-</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="161793"/>
+    <o:shapedefaults v:ext="edit" spidmax="133121"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD6597"/>
     <w:rsid w:val="00002DB8"/>
     <w:rsid w:val="000030EE"/>
     <w:rsid w:val="000044B2"/>
     <w:rsid w:val="000152D4"/>
-    <w:rsid w:val="0002471B"/>
     <w:rsid w:val="00025152"/>
-    <w:rsid w:val="00027363"/>
-    <w:rsid w:val="00030B1E"/>
     <w:rsid w:val="000312D0"/>
     <w:rsid w:val="00031548"/>
     <w:rsid w:val="00051591"/>
     <w:rsid w:val="00052D84"/>
     <w:rsid w:val="00061D46"/>
+    <w:rsid w:val="000701F9"/>
     <w:rsid w:val="00072C2B"/>
     <w:rsid w:val="00073E05"/>
     <w:rsid w:val="00097662"/>
     <w:rsid w:val="000A2AFC"/>
     <w:rsid w:val="000A3383"/>
     <w:rsid w:val="000B2829"/>
     <w:rsid w:val="000C03B0"/>
-    <w:rsid w:val="000C4803"/>
     <w:rsid w:val="000C751E"/>
     <w:rsid w:val="000D235C"/>
+    <w:rsid w:val="000D621E"/>
     <w:rsid w:val="000D6401"/>
-    <w:rsid w:val="000F56A7"/>
     <w:rsid w:val="00107B77"/>
     <w:rsid w:val="00114055"/>
     <w:rsid w:val="00125C02"/>
     <w:rsid w:val="00127C97"/>
     <w:rsid w:val="00130C02"/>
-    <w:rsid w:val="00140943"/>
-    <w:rsid w:val="00142AF5"/>
     <w:rsid w:val="00143AC9"/>
     <w:rsid w:val="00154E9B"/>
     <w:rsid w:val="001674CF"/>
-    <w:rsid w:val="0017105E"/>
     <w:rsid w:val="001755ED"/>
-    <w:rsid w:val="00181344"/>
     <w:rsid w:val="00183202"/>
     <w:rsid w:val="00183224"/>
     <w:rsid w:val="00185882"/>
-    <w:rsid w:val="001A048F"/>
     <w:rsid w:val="001A2EAC"/>
     <w:rsid w:val="001A6176"/>
     <w:rsid w:val="001B0DD0"/>
-    <w:rsid w:val="001B300B"/>
     <w:rsid w:val="001C257C"/>
     <w:rsid w:val="001C51E5"/>
     <w:rsid w:val="001D0550"/>
+    <w:rsid w:val="001D0B95"/>
     <w:rsid w:val="001E599F"/>
     <w:rsid w:val="001F02B4"/>
     <w:rsid w:val="00200F18"/>
     <w:rsid w:val="002130BB"/>
     <w:rsid w:val="00214B84"/>
     <w:rsid w:val="00237710"/>
     <w:rsid w:val="00243F80"/>
-    <w:rsid w:val="0024484E"/>
     <w:rsid w:val="002513AF"/>
-    <w:rsid w:val="002534E5"/>
     <w:rsid w:val="00253CC2"/>
-    <w:rsid w:val="00254DBE"/>
     <w:rsid w:val="00274088"/>
     <w:rsid w:val="0029375A"/>
     <w:rsid w:val="00295400"/>
     <w:rsid w:val="002A57F2"/>
     <w:rsid w:val="002A6B02"/>
     <w:rsid w:val="002B0B8D"/>
     <w:rsid w:val="002B1A11"/>
-    <w:rsid w:val="002B2446"/>
-    <w:rsid w:val="002B5521"/>
+    <w:rsid w:val="002B4BD5"/>
     <w:rsid w:val="002C5242"/>
     <w:rsid w:val="002D62B5"/>
     <w:rsid w:val="002D6448"/>
-    <w:rsid w:val="002E4985"/>
     <w:rsid w:val="002F71AC"/>
     <w:rsid w:val="003041CB"/>
-    <w:rsid w:val="0031128D"/>
-    <w:rsid w:val="00312A36"/>
     <w:rsid w:val="00314130"/>
     <w:rsid w:val="00314A73"/>
     <w:rsid w:val="00316107"/>
     <w:rsid w:val="00321563"/>
     <w:rsid w:val="00325F93"/>
-    <w:rsid w:val="00331D1C"/>
     <w:rsid w:val="00333BB4"/>
     <w:rsid w:val="00337AB2"/>
     <w:rsid w:val="00341273"/>
-    <w:rsid w:val="003413ED"/>
     <w:rsid w:val="00341C89"/>
     <w:rsid w:val="00357376"/>
     <w:rsid w:val="0037473D"/>
     <w:rsid w:val="00374B61"/>
     <w:rsid w:val="00375E30"/>
-    <w:rsid w:val="00376653"/>
     <w:rsid w:val="00377378"/>
-    <w:rsid w:val="00377BCB"/>
     <w:rsid w:val="00383529"/>
     <w:rsid w:val="0038469E"/>
     <w:rsid w:val="00385EE0"/>
     <w:rsid w:val="003909A9"/>
     <w:rsid w:val="00390B2E"/>
-    <w:rsid w:val="003918D1"/>
     <w:rsid w:val="00396F5E"/>
     <w:rsid w:val="00397364"/>
     <w:rsid w:val="0039787E"/>
     <w:rsid w:val="003A1372"/>
     <w:rsid w:val="003A2140"/>
-    <w:rsid w:val="003A6DD6"/>
     <w:rsid w:val="003B2A3A"/>
-    <w:rsid w:val="003B435C"/>
     <w:rsid w:val="003C681B"/>
     <w:rsid w:val="003E403A"/>
     <w:rsid w:val="003E6D30"/>
-    <w:rsid w:val="003F001C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004036CD"/>
     <w:rsid w:val="00411860"/>
-    <w:rsid w:val="004142D5"/>
-    <w:rsid w:val="004374BB"/>
+    <w:rsid w:val="00437C00"/>
     <w:rsid w:val="00441E41"/>
-    <w:rsid w:val="00445882"/>
     <w:rsid w:val="004526FC"/>
     <w:rsid w:val="00460E60"/>
     <w:rsid w:val="004628CA"/>
     <w:rsid w:val="004769B4"/>
     <w:rsid w:val="0049428C"/>
     <w:rsid w:val="004A4AFB"/>
     <w:rsid w:val="004C0554"/>
-    <w:rsid w:val="004C4F8B"/>
     <w:rsid w:val="004D1A34"/>
     <w:rsid w:val="004E0576"/>
-    <w:rsid w:val="004F1E07"/>
     <w:rsid w:val="005003C3"/>
     <w:rsid w:val="00507C68"/>
+    <w:rsid w:val="00517361"/>
     <w:rsid w:val="00531271"/>
     <w:rsid w:val="00532D6B"/>
-    <w:rsid w:val="0054084F"/>
     <w:rsid w:val="00544398"/>
     <w:rsid w:val="00546B3C"/>
     <w:rsid w:val="00552781"/>
     <w:rsid w:val="005551B5"/>
-    <w:rsid w:val="0055615D"/>
     <w:rsid w:val="00570139"/>
-    <w:rsid w:val="00582A9F"/>
     <w:rsid w:val="00584FD4"/>
     <w:rsid w:val="00585F16"/>
     <w:rsid w:val="005878E8"/>
-    <w:rsid w:val="005928E2"/>
     <w:rsid w:val="00592D01"/>
-    <w:rsid w:val="005A3360"/>
     <w:rsid w:val="005A5501"/>
     <w:rsid w:val="005B0E17"/>
     <w:rsid w:val="005B3F1A"/>
     <w:rsid w:val="005C49D4"/>
     <w:rsid w:val="005C5424"/>
     <w:rsid w:val="005D4890"/>
     <w:rsid w:val="005F1920"/>
     <w:rsid w:val="00605492"/>
     <w:rsid w:val="00610223"/>
     <w:rsid w:val="006102B6"/>
     <w:rsid w:val="006132A1"/>
     <w:rsid w:val="00613311"/>
-    <w:rsid w:val="00615B18"/>
     <w:rsid w:val="00631416"/>
     <w:rsid w:val="00631D60"/>
-    <w:rsid w:val="006320D6"/>
     <w:rsid w:val="0063549D"/>
     <w:rsid w:val="00637295"/>
     <w:rsid w:val="00666D80"/>
     <w:rsid w:val="00683668"/>
-    <w:rsid w:val="00685BEA"/>
     <w:rsid w:val="0068767B"/>
-    <w:rsid w:val="00690791"/>
     <w:rsid w:val="006952E4"/>
     <w:rsid w:val="00695307"/>
-    <w:rsid w:val="006A1560"/>
     <w:rsid w:val="006A5342"/>
     <w:rsid w:val="006A7C27"/>
-    <w:rsid w:val="006B4A18"/>
     <w:rsid w:val="006C5A06"/>
     <w:rsid w:val="006D0FE5"/>
     <w:rsid w:val="006D310A"/>
     <w:rsid w:val="006D338E"/>
     <w:rsid w:val="006D4352"/>
     <w:rsid w:val="006E0BF0"/>
     <w:rsid w:val="006E2620"/>
     <w:rsid w:val="006E41CF"/>
-    <w:rsid w:val="006E544F"/>
     <w:rsid w:val="006F1F03"/>
     <w:rsid w:val="006F2CF6"/>
     <w:rsid w:val="006F31E5"/>
     <w:rsid w:val="006F69C8"/>
     <w:rsid w:val="007050EF"/>
     <w:rsid w:val="007070CC"/>
     <w:rsid w:val="00710A8B"/>
-    <w:rsid w:val="00712ADF"/>
-    <w:rsid w:val="00724162"/>
     <w:rsid w:val="00736BEB"/>
     <w:rsid w:val="00737266"/>
     <w:rsid w:val="007372F1"/>
     <w:rsid w:val="007377B5"/>
     <w:rsid w:val="00744230"/>
     <w:rsid w:val="00745876"/>
     <w:rsid w:val="00746F86"/>
     <w:rsid w:val="00761C06"/>
     <w:rsid w:val="00797A41"/>
-    <w:rsid w:val="007A3010"/>
     <w:rsid w:val="007A7D4B"/>
     <w:rsid w:val="007B1D92"/>
     <w:rsid w:val="007B2441"/>
+    <w:rsid w:val="007B6EF0"/>
+    <w:rsid w:val="007C1E50"/>
     <w:rsid w:val="007C4D84"/>
     <w:rsid w:val="007D0C9A"/>
     <w:rsid w:val="007D197B"/>
-    <w:rsid w:val="007D30D4"/>
     <w:rsid w:val="007E0E66"/>
-    <w:rsid w:val="007E1978"/>
     <w:rsid w:val="007F5A8D"/>
     <w:rsid w:val="00803666"/>
     <w:rsid w:val="00821240"/>
-    <w:rsid w:val="00822491"/>
-    <w:rsid w:val="00825A7F"/>
     <w:rsid w:val="00825F20"/>
     <w:rsid w:val="00827288"/>
     <w:rsid w:val="008337BC"/>
     <w:rsid w:val="00835638"/>
+    <w:rsid w:val="0084375A"/>
     <w:rsid w:val="00862FAD"/>
-    <w:rsid w:val="00867F59"/>
     <w:rsid w:val="00882731"/>
     <w:rsid w:val="00887925"/>
     <w:rsid w:val="00892513"/>
     <w:rsid w:val="008A06C1"/>
     <w:rsid w:val="008A55A3"/>
-    <w:rsid w:val="008B0BEA"/>
     <w:rsid w:val="008B2CC6"/>
     <w:rsid w:val="008B45E5"/>
     <w:rsid w:val="008C14CE"/>
     <w:rsid w:val="008D069D"/>
+    <w:rsid w:val="008D4D3E"/>
     <w:rsid w:val="008E5FC7"/>
-    <w:rsid w:val="008F0B5C"/>
+    <w:rsid w:val="008F3181"/>
     <w:rsid w:val="008F79D8"/>
     <w:rsid w:val="00902D45"/>
-    <w:rsid w:val="00906214"/>
     <w:rsid w:val="00911AD6"/>
     <w:rsid w:val="009122F7"/>
     <w:rsid w:val="00915ED1"/>
     <w:rsid w:val="009318D2"/>
     <w:rsid w:val="00931AC3"/>
     <w:rsid w:val="00934E01"/>
-    <w:rsid w:val="00937107"/>
-    <w:rsid w:val="009378B4"/>
     <w:rsid w:val="0094372F"/>
-    <w:rsid w:val="00944E3D"/>
     <w:rsid w:val="0094665A"/>
     <w:rsid w:val="00951C7B"/>
-    <w:rsid w:val="00960155"/>
     <w:rsid w:val="009617AB"/>
     <w:rsid w:val="00965E83"/>
-    <w:rsid w:val="00967A06"/>
     <w:rsid w:val="00971B98"/>
     <w:rsid w:val="00972A50"/>
     <w:rsid w:val="00977967"/>
     <w:rsid w:val="009B3B16"/>
     <w:rsid w:val="009B53DE"/>
     <w:rsid w:val="009B5AF1"/>
-    <w:rsid w:val="009B6EC1"/>
-    <w:rsid w:val="009C37F9"/>
     <w:rsid w:val="009C688C"/>
     <w:rsid w:val="009D3BC6"/>
     <w:rsid w:val="009D6FF5"/>
-    <w:rsid w:val="009E01F3"/>
     <w:rsid w:val="009E5005"/>
     <w:rsid w:val="009F280D"/>
-    <w:rsid w:val="009F68D2"/>
-    <w:rsid w:val="00A0086B"/>
     <w:rsid w:val="00A01700"/>
-    <w:rsid w:val="00A13B67"/>
     <w:rsid w:val="00A1490B"/>
     <w:rsid w:val="00A21DE3"/>
     <w:rsid w:val="00A240C6"/>
     <w:rsid w:val="00A276CA"/>
-    <w:rsid w:val="00A43425"/>
     <w:rsid w:val="00A4704B"/>
     <w:rsid w:val="00A47BF6"/>
     <w:rsid w:val="00A66C51"/>
     <w:rsid w:val="00A8337F"/>
     <w:rsid w:val="00A8587F"/>
-    <w:rsid w:val="00A93A26"/>
     <w:rsid w:val="00A941CA"/>
-    <w:rsid w:val="00AB0877"/>
-    <w:rsid w:val="00AB4BB9"/>
     <w:rsid w:val="00AB5254"/>
     <w:rsid w:val="00AC012C"/>
     <w:rsid w:val="00AC58EC"/>
     <w:rsid w:val="00AC5CCE"/>
     <w:rsid w:val="00AD26A7"/>
-    <w:rsid w:val="00AD50D3"/>
     <w:rsid w:val="00AE05B6"/>
     <w:rsid w:val="00AF4959"/>
     <w:rsid w:val="00B06885"/>
     <w:rsid w:val="00B077CA"/>
     <w:rsid w:val="00B13DAA"/>
-    <w:rsid w:val="00B328FB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B52738"/>
     <w:rsid w:val="00B64FA5"/>
-    <w:rsid w:val="00B6648A"/>
-    <w:rsid w:val="00B778E9"/>
     <w:rsid w:val="00B85C17"/>
     <w:rsid w:val="00B90446"/>
+    <w:rsid w:val="00B9126E"/>
     <w:rsid w:val="00B92180"/>
     <w:rsid w:val="00B92F61"/>
     <w:rsid w:val="00B964E5"/>
-    <w:rsid w:val="00BA2170"/>
     <w:rsid w:val="00BA38A0"/>
+    <w:rsid w:val="00BB1749"/>
     <w:rsid w:val="00BB1FA4"/>
-    <w:rsid w:val="00BB2FB9"/>
     <w:rsid w:val="00BB3F2A"/>
     <w:rsid w:val="00BB6A4D"/>
     <w:rsid w:val="00BB7C6C"/>
     <w:rsid w:val="00BC0737"/>
     <w:rsid w:val="00BC276D"/>
     <w:rsid w:val="00BC3A87"/>
-    <w:rsid w:val="00BC5769"/>
     <w:rsid w:val="00BC6DF9"/>
     <w:rsid w:val="00BD1DC7"/>
     <w:rsid w:val="00BD5ADC"/>
     <w:rsid w:val="00BD6AC0"/>
     <w:rsid w:val="00BE6CE4"/>
     <w:rsid w:val="00BF1FAE"/>
     <w:rsid w:val="00BF2AA3"/>
+    <w:rsid w:val="00BF3220"/>
     <w:rsid w:val="00BF3B73"/>
     <w:rsid w:val="00BF49B4"/>
-    <w:rsid w:val="00BF6AC9"/>
     <w:rsid w:val="00C014F9"/>
     <w:rsid w:val="00C10E9C"/>
     <w:rsid w:val="00C1362E"/>
     <w:rsid w:val="00C15972"/>
     <w:rsid w:val="00C2461B"/>
-    <w:rsid w:val="00C32F46"/>
     <w:rsid w:val="00C365DA"/>
     <w:rsid w:val="00C37147"/>
     <w:rsid w:val="00C5249D"/>
-    <w:rsid w:val="00C61C62"/>
     <w:rsid w:val="00C6268D"/>
     <w:rsid w:val="00C72712"/>
-    <w:rsid w:val="00C86627"/>
+    <w:rsid w:val="00C72A29"/>
     <w:rsid w:val="00C86CF9"/>
     <w:rsid w:val="00C87151"/>
-    <w:rsid w:val="00C93F67"/>
     <w:rsid w:val="00CA1653"/>
-    <w:rsid w:val="00CA34BE"/>
     <w:rsid w:val="00CA7DF2"/>
     <w:rsid w:val="00CB4E2D"/>
     <w:rsid w:val="00CC063D"/>
     <w:rsid w:val="00CC13A3"/>
     <w:rsid w:val="00CC4E2C"/>
     <w:rsid w:val="00CD2652"/>
     <w:rsid w:val="00CD4153"/>
     <w:rsid w:val="00CD4B30"/>
+    <w:rsid w:val="00CD7731"/>
     <w:rsid w:val="00CE08E8"/>
     <w:rsid w:val="00CE46CF"/>
     <w:rsid w:val="00CE4806"/>
     <w:rsid w:val="00CF3199"/>
     <w:rsid w:val="00D16F72"/>
     <w:rsid w:val="00D2659A"/>
-    <w:rsid w:val="00D314E8"/>
     <w:rsid w:val="00D35CD4"/>
     <w:rsid w:val="00D408BB"/>
     <w:rsid w:val="00D45058"/>
     <w:rsid w:val="00D57E1E"/>
     <w:rsid w:val="00D6143A"/>
-    <w:rsid w:val="00D67F0F"/>
     <w:rsid w:val="00D73EC5"/>
     <w:rsid w:val="00D76BBA"/>
     <w:rsid w:val="00D857FB"/>
     <w:rsid w:val="00D941E9"/>
     <w:rsid w:val="00D9629A"/>
     <w:rsid w:val="00DB3074"/>
-    <w:rsid w:val="00DC25EE"/>
     <w:rsid w:val="00DC2EC6"/>
     <w:rsid w:val="00DD6597"/>
     <w:rsid w:val="00DF0F76"/>
-    <w:rsid w:val="00DF2563"/>
     <w:rsid w:val="00DF738B"/>
     <w:rsid w:val="00E01473"/>
     <w:rsid w:val="00E04683"/>
     <w:rsid w:val="00E075AD"/>
-    <w:rsid w:val="00E17C8E"/>
+    <w:rsid w:val="00E1619B"/>
     <w:rsid w:val="00E271F1"/>
-    <w:rsid w:val="00E343CA"/>
     <w:rsid w:val="00E356C1"/>
     <w:rsid w:val="00E43F6F"/>
     <w:rsid w:val="00E4444C"/>
-    <w:rsid w:val="00E60000"/>
     <w:rsid w:val="00E71172"/>
     <w:rsid w:val="00E76478"/>
-    <w:rsid w:val="00E85FD5"/>
     <w:rsid w:val="00E91868"/>
     <w:rsid w:val="00E937FD"/>
-    <w:rsid w:val="00E96444"/>
     <w:rsid w:val="00EA1A4D"/>
     <w:rsid w:val="00EA49D0"/>
     <w:rsid w:val="00EB4024"/>
     <w:rsid w:val="00EB63F0"/>
-    <w:rsid w:val="00EC10C6"/>
-    <w:rsid w:val="00EC4AFF"/>
+    <w:rsid w:val="00EC4523"/>
     <w:rsid w:val="00EC5A91"/>
     <w:rsid w:val="00ED4F06"/>
     <w:rsid w:val="00EE371D"/>
     <w:rsid w:val="00EE6001"/>
     <w:rsid w:val="00EE71D6"/>
     <w:rsid w:val="00EF334F"/>
     <w:rsid w:val="00F005C8"/>
-    <w:rsid w:val="00F0198D"/>
     <w:rsid w:val="00F10D09"/>
-    <w:rsid w:val="00F15964"/>
     <w:rsid w:val="00F17D3D"/>
-    <w:rsid w:val="00F22C2D"/>
     <w:rsid w:val="00F237B9"/>
-    <w:rsid w:val="00F239E7"/>
     <w:rsid w:val="00F2657E"/>
     <w:rsid w:val="00F30B25"/>
     <w:rsid w:val="00F343D6"/>
-    <w:rsid w:val="00F41949"/>
     <w:rsid w:val="00F42BA0"/>
     <w:rsid w:val="00F52A94"/>
     <w:rsid w:val="00F52FCF"/>
-    <w:rsid w:val="00F530CB"/>
     <w:rsid w:val="00F53B5A"/>
-    <w:rsid w:val="00F67FEE"/>
     <w:rsid w:val="00F724FF"/>
-    <w:rsid w:val="00F735BC"/>
     <w:rsid w:val="00F76052"/>
     <w:rsid w:val="00F77AF6"/>
     <w:rsid w:val="00F80984"/>
     <w:rsid w:val="00F82333"/>
     <w:rsid w:val="00F85586"/>
     <w:rsid w:val="00F86C6C"/>
-    <w:rsid w:val="00F86FD4"/>
     <w:rsid w:val="00F9154B"/>
     <w:rsid w:val="00F92269"/>
-    <w:rsid w:val="00F93538"/>
     <w:rsid w:val="00F95E28"/>
     <w:rsid w:val="00FA08B6"/>
     <w:rsid w:val="00FA65DE"/>
-    <w:rsid w:val="00FB6406"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE1D51"/>
     <w:rsid w:val="00FE50D8"/>
     <w:rsid w:val="00FE757E"/>
     <w:rsid w:val="00FF280F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="161793"/>
+    <o:shapedefaults v:ext="edit" spidmax="133121"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="02084885"/>
   <w15:docId w15:val="{1C42AFE2-13A5-4A67-8172-0C79B7B5389D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -16143,53 +16302,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00243F80"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00243F80"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="cS List Paragraph,Numbered Para 1,Dot pt,No Spacing1,List Paragraph Char Char Char,Indicator Text,List Paragraph1,Bullet Points,Bullet 1,MAIN CONTENT,List Paragraph12,F5 List Paragraph,OBC Bullet,Colorful List - Accent 11,Normal numbered"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00695307"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="006E0BF0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="001A6176"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -16228,132 +16385,83 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002D6448"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
     <w:name w:val="x_msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00214B84"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="27223731">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="156196715">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="626274068">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1004431915">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="1219050613">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1464150707">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -16381,51 +16489,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2034381449">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16690,52 +16798,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="80673045774d5ba6aa1a5d89325766a7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5e704c1d342ecd6bd99821d1db50d0b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006DD9147DCE5D39448439BAC925F17EAF" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98a36182e80fce830f6c1959f67f732d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7b517193-b76b-4847-86d0-f7effd00a065" xmlns:ns3="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="432d58a1b050dac85319da7bffcb1962" ns2:_="" ns3:_="">
     <xsd:import namespace="7b517193-b76b-4847-86d0-f7effd00a065"/>
     <xsd:import namespace="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -16941,91 +17049,90 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7b517193-b76b-4847-86d0-f7effd00a065">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="64cf4f3d-fe9c-4791-a736-5ffb6a9cf343" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3A0EF86-619A-4115-9459-21C0468D314C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3879818C-5608-4A4A-B11C-25FE2FC29F10}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92069CCD-D248-452D-BF62-B7E8C3126A83}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED5BEA21-76C8-4B8D-9A8C-95B14ADD22B0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2ADCE6D3-E23B-4E21-9513-DB8A2BCA749A}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B56E20C5-8A51-4290-8D38-A23C1AA47C6C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E3D23B1-31EE-4707-98A1-2C27292ACFBF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>14966</Characters>
+  <Pages>11</Pages>
+  <Words>2587</Words>
+  <Characters>14746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>FBS AISC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17556</CharactersWithSpaces>
+  <CharactersWithSpaces>17299</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Jamie Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006DD9147DCE5D39448439BAC925F17EAF</vt:lpwstr>
   </property>
 </Properties>
 </file>